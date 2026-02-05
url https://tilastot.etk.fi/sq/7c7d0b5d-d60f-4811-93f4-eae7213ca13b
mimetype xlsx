--- v0 (2025-12-28)
+++ v1 (2026-02-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae0f08bc9cc744a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e5a813026ca4595b8d42e49d46a7a79.psmdcp" Id="R6eb1302a675540b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c67cb3079149c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47aa433d66734e3ba7b87ba8f8f80bb4.psmdcp" Id="R4067013c70784b18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Arbets- och folkpensionstagares medelpension</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>