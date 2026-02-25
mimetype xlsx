--- v1 (2026-02-05)
+++ v2 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c67cb3079149c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47aa433d66734e3ba7b87ba8f8f80bb4.psmdcp" Id="R4067013c70784b18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1e3c83b2d84088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/130ea2119a0245e18eb90ccda930f9ec.psmdcp" Id="R8f33173e0fc5454e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Arbets- och folkpensionstagares medelpension</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>