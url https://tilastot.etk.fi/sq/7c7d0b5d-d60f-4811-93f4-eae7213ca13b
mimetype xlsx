--- v2 (2026-02-25)
+++ v3 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1e3c83b2d84088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/130ea2119a0245e18eb90ccda930f9ec.psmdcp" Id="R8f33173e0fc5454e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c92832745dc4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cee8cdfd315b4f34954d29c88c34caf0.psmdcp" Id="R8861c5c7a22e4e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Arbets- och folkpensionstagares medelpension</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>