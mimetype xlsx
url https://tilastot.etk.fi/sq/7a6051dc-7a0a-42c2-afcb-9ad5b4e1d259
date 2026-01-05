--- v0 (2025-12-15)
+++ v1 (2026-01-05)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc16ac944a04472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e962c6aabdc4bd799ddb1ab5771394a.psmdcp" Id="R12016e8c81734e43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a2d89eb4a4a49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40e76cf3e1f64c2b809bc2f2ac0dfb41.psmdcp" Id="R8b3f00998609425e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>The monthly statistics on new retirees on earnings-related pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Statistical month</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees since start of the year</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees in statistical month of the previous year</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees since start of the year of the previous year</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M10</x:t>
+    <x:t>2025M11</x:t>
   </x:si>
   <x:si>
     <x:t>Old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees' average earnings-related pension, euros/month</x:t>
   </x:si>
   <x:si>
     <x:t>Disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Actual disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Full disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Years-of-service pension</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
@@ -84,51 +84,51 @@
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 25%</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 50%</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/earnings-related-pension-recipients/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Different pension benefits in the statistics cannot be summed, because a pension recipient may receive several pension benefits at the same time.</x:t>
   </x:si>
   <x:si>
     <x:t>The monthly statistics on new retirees on earnings-related pension are preliminary figures.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251119 09:00</x:t>
+    <x:t>20251217 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, euros/month</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -555,260 +555,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>2103</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2108</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>2042</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2059</x:v>
+        <x:v>2050</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1292</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1296</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1333</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1293</x:v>
+        <x:v>1294</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1275</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1280</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1325</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1281</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1402</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1407</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1464</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>1401</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>940</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>953</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>941</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>975</x:v>
+        <x:v>981</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>1702</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1873</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1820</x:v>
+        <x:v>1816</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>858</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>830</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>746</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>768</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>477</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>417</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>964</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>932</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>837</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>