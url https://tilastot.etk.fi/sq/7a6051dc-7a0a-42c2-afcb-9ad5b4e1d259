--- v1 (2026-01-05)
+++ v2 (2026-02-09)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a2d89eb4a4a49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40e76cf3e1f64c2b809bc2f2ac0dfb41.psmdcp" Id="R8b3f00998609425e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce8d819f1ed94dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d038b5784f8a4f5297ae35fe27a8bf81.psmdcp" Id="R31d60111cdc94369" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>The monthly statistics on new retirees on earnings-related pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Statistical month</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees since start of the year</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees in statistical month of the previous year</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees since start of the year of the previous year</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M11</x:t>
+    <x:t>2025M12</x:t>
   </x:si>
   <x:si>
     <x:t>Old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees' average earnings-related pension, euros/month</x:t>
   </x:si>
   <x:si>
     <x:t>Disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Actual disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Full disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Years-of-service pension</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
@@ -84,51 +84,51 @@
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 25%</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 50%</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/earnings-related-pension-recipients/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Different pension benefits in the statistics cannot be summed, because a pension recipient may receive several pension benefits at the same time.</x:t>
   </x:si>
   <x:si>
     <x:t>The monthly statistics on new retirees on earnings-related pension are preliminary figures.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251217 09:00</x:t>
+    <x:t>20260119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, euros/month</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -555,260 +555,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1986</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2098</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>1969</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2050</x:v>
+        <x:v>2042</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1274</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1294</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1331</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1294</x:v>
+        <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1267</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1278</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1328</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1282</x:v>
+        <x:v>1275</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1416</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1404</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1477</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1401</x:v>
+        <x:v>1389</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>881</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>951</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>938</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>981</x:v>
+        <x:v>978</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>1766</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1864</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1780</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1816</x:v>
+        <x:v>1813</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>773</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>828</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>708</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>763</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>465</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>476</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>417</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>438</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>877</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>930</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>785</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>841</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>