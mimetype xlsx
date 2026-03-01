--- v2 (2026-02-09)
+++ v3 (2026-03-01)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce8d819f1ed94dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d038b5784f8a4f5297ae35fe27a8bf81.psmdcp" Id="R31d60111cdc94369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaaa980b673d4829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/722184a16ce147c5960f0570f555b168.psmdcp" Id="Rbe85f17600d24813" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>The monthly statistics on new retirees on earnings-related pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Statistical month</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees since start of the year</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees in statistical month of the previous year</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees since start of the year of the previous year</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M12</x:t>
+    <x:t>2026M01</x:t>
   </x:si>
   <x:si>
     <x:t>Old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees' average earnings-related pension, euros/month</x:t>
   </x:si>
   <x:si>
     <x:t>Disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Actual disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Full disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Years-of-service pension</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
@@ -84,51 +84,51 @@
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 25%</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 50%</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/earnings-related-pension-recipients/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Different pension benefits in the statistics cannot be summed, because a pension recipient may receive several pension benefits at the same time.</x:t>
   </x:si>
   <x:si>
     <x:t>The monthly statistics on new retirees on earnings-related pension are preliminary figures.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260119 09:00</x:t>
+    <x:t>20260218 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, euros/month</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -555,260 +555,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1949</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2089</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>1935</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2042</x:v>
+        <x:v>2183</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1332</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1289</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1316</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1286</x:v>
+        <x:v>1353</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1314</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1273</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1308</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1275</x:v>
+        <x:v>1332</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1437</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1396</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1411</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1389</x:v>
+        <x:v>1489</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>949</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>951</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>957</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>978</x:v>
+        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>1742</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1854</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1762</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1813</x:v>
+        <x:v>2003</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>769</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>826</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>703</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>759</x:v>
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>415</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>436</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>851</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>927</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>786</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>837</x:v>
+        <x:v>923</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>