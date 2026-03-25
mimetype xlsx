--- v3 (2026-03-01)
+++ v4 (2026-03-25)
@@ -1,134 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaaa980b673d4829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/722184a16ce147c5960f0570f555b168.psmdcp" Id="Rbe85f17600d24813" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b1e81e699c45d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/497e046c54ac4c34855f0164452c5b22.psmdcp" Id="R4a1316d2e60a4183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>The monthly statistics on new retirees on earnings-related pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Statistical month</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees since start of the year</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees in statistical month of the previous year</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees since start of the year of the previous year</x:t>
   </x:si>
   <x:si>
-    <x:t>2026M01</x:t>
+    <x:t>2026M02</x:t>
   </x:si>
   <x:si>
     <x:t>Old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees' average earnings-related pension, euros/month</x:t>
   </x:si>
   <x:si>
     <x:t>Disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Actual disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Full disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Years-of-service pension</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
     <x:t>Special pension for farmers</x:t>
   </x:si>
   <x:si>
     <x:t>Pension based on one's own work history</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 25%</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 50%</x:t>
   </x:si>
   <x:si>
-    <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/earnings-related-pension-recipients/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
+    <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://www.etk.fi/en/research-statistics-and-projections/statistics/pension-recipients-and-pension-expenditure/earnings-related-pension-recipients-in-finland/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Different pension benefits in the statistics cannot be summed, because a pension recipient may receive several pension benefits at the same time.</x:t>
   </x:si>
   <x:si>
     <x:t>The monthly statistics on new retirees on earnings-related pension are preliminary figures.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260218 09:00</x:t>
+    <x:t>20260318 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, euros/month</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -555,260 +555,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>2238</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2238</x:v>
+        <x:v>2169</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>2183</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2183</x:v>
+        <x:v>2115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1336</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1336</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1353</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1353</x:v>
+        <x:v>1311</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1301</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1301</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1332</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1332</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1469</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1469</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1489</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1489</x:v>
+        <x:v>1428</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>991</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>991</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>986</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>986</x:v>
+        <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>2040</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>2040</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>2003</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>2003</x:v>
+        <x:v>1926</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>823</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>823</x:v>
+        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>539</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>539</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>479</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>1094</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>1094</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>923</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>923</x:v>
+        <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>