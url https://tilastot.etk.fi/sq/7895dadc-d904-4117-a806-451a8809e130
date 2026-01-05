--- v0 (2025-12-16)
+++ v1 (2026-01-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f58d3289a384d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc6f4a7299f547ea8d4ea50c4d793764.psmdcp" Id="R1953bcada9ff471e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73e0827c80c643c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6341eb9add184b0c8b5deb3c1ff6a21a.psmdcp" Id="R58c099bdb2f44161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Share of population receiving earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>