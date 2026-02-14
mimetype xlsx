--- v1 (2026-01-05)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73e0827c80c643c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6341eb9add184b0c8b5deb3c1ff6a21a.psmdcp" Id="R58c099bdb2f44161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R051f1236bc0c412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e06852c3c684a018be3362176728a6e.psmdcp" Id="R44ed4de0d6a24c06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Share of population receiving earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>