--- v2 (2026-02-14)
+++ v3 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R051f1236bc0c412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e06852c3c684a018be3362176728a6e.psmdcp" Id="R44ed4de0d6a24c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1bf0536161e4c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8c585dcc4bc4e588b944a1106d57458.psmdcp" Id="R537f2cfe8cd042c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Share of population receiving earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>