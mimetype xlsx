--- v3 (2026-03-06)
+++ v4 (2026-03-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1bf0536161e4c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8c585dcc4bc4e588b944a1106d57458.psmdcp" Id="R537f2cfe8cd042c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792ee92d91b341c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34399a679165455fbc31c060f84b973e.psmdcp" Id="Rfc250a3028a94c3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Share of population receiving earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>