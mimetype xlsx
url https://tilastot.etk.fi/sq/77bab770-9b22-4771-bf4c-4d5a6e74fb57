--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9ac53e07266418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29f6a72bc9f64331a3cea757aac4cee1.psmdcp" Id="R4c2e00889c614c41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94970481b264fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/67e3c615ae224ef28bfc70e2730003ea.psmdcp" Id="R093e4ebf72aa4221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Työeläkkeelle siirtyneet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>