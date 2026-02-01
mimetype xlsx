--- v1 (2026-01-07)
+++ v2 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94970481b264fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/67e3c615ae224ef28bfc70e2730003ea.psmdcp" Id="R093e4ebf72aa4221" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1294f26bb309489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e549d78ccbce4b9abbcfea914bc36c10.psmdcp" Id="R042ee0ddd8c34f6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Työeläkkeelle siirtyneet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>