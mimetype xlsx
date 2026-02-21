--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1294f26bb309489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e549d78ccbce4b9abbcfea914bc36c10.psmdcp" Id="R042ee0ddd8c34f6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ddf414c77045c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36552a79bf054c68ad4d2331ba94e213.psmdcp" Id="R0bcf73224bff41c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Työeläkkeelle siirtyneet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>