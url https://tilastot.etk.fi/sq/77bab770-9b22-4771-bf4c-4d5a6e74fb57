--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ddf414c77045c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36552a79bf054c68ad4d2331ba94e213.psmdcp" Id="R0bcf73224bff41c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eef44acba8b4034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/504de13fe025411db56106672250bf9d.psmdcp" Id="R10f312a9af9f4b50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Työeläkkeelle siirtyneet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>