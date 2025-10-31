--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5c0701ee874ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d2fc1afee054b988ae66ef7cdaee81e.psmdcp" Id="R5005d95a02b24975" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab75811da91a4216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8570566e798748e99abd90b45c55cd7c.psmdcp" Id="R6b021ae214f34e83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot eläkelajeittain, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>