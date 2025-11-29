--- v1 (2025-10-31)
+++ v2 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab75811da91a4216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8570566e798748e99abd90b45c55cd7c.psmdcp" Id="R6b021ae214f34e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f2dea75a274c5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b9361746fff4519baf61ea5a2bd8872.psmdcp" Id="R77e8e9ad916f4f8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot eläkelajeittain, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>