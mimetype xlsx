--- v2 (2025-11-29)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f2dea75a274c5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b9361746fff4519baf61ea5a2bd8872.psmdcp" Id="R77e8e9ad916f4f8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb465379e8d954412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7445e0b759164c9e988b2537ea82146b.psmdcp" Id="R2f5ef9d6e02b486f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot eläkelajeittain, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>