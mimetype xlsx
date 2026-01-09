--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb465379e8d954412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7445e0b759164c9e988b2537ea82146b.psmdcp" Id="R2f5ef9d6e02b486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raad2958bf42f4b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4820a31159c4f4a8a2619a065421919.psmdcp" Id="Rbf91f659e710422c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot eläkelajeittain, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>