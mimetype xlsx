--- v0 (2025-12-16)
+++ v1 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33adbc3fecff4c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bfb00001ff1e4c7c90178a8e92de6ec5.psmdcp" Id="R6edb1f0d319b46b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a66dbf09344dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62142b810a104be58bdf57baa68a8fe4.psmdcp" Id="R9ddd93f0b2b64239" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Sjukpensionsutgifter efter sjukdomshuvudgrupp, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>