--- v1 (2026-01-08)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a66dbf09344dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62142b810a104be58bdf57baa68a8fe4.psmdcp" Id="R9ddd93f0b2b64239" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b07bfe1d19b485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dcf8c5eecae54b599b34ff3ebc6a9930.psmdcp" Id="Rccd8e8d869cc43cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Sjukpensionsutgifter efter sjukdomshuvudgrupp, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>