--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b07bfe1d19b485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dcf8c5eecae54b599b34ff3ebc6a9930.psmdcp" Id="Rccd8e8d869cc43cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reffa63adde4e4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae84ce75e4f54d3699b42d7d6a485d9e.psmdcp" Id="R98d9128160bd467d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Sjukpensionsutgifter efter sjukdomshuvudgrupp, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>