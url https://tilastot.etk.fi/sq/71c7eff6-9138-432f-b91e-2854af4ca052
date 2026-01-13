--- v0 (2025-12-15)
+++ v1 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e03f38c56c4eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96e1ceea16da4f06bfcdba8fec858cbe.psmdcp" Id="R68e59d0fa1a84c77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e63a036df544ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89f88447f1a84141a4cd8beca1b2e394.psmdcp" Id="R6508bf294ebb472c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>