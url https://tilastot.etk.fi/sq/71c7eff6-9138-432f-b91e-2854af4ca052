--- v1 (2026-01-13)
+++ v2 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e63a036df544ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89f88447f1a84141a4cd8beca1b2e394.psmdcp" Id="R6508bf294ebb472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc649f1a627da4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07e19937f08b4a9ea9fe7c879cdcdfc7.psmdcp" Id="R69b0e0ea94794af3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>