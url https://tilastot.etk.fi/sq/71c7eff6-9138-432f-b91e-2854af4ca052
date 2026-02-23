--- v2 (2026-02-03)
+++ v3 (2026-02-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc649f1a627da4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07e19937f08b4a9ea9fe7c879cdcdfc7.psmdcp" Id="R69b0e0ea94794af3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e253fb5c6c840bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e81207af15344ac680a67315ddbdc327.psmdcp" Id="R10eb24d0695345a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>