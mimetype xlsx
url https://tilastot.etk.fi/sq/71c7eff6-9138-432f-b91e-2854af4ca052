--- v3 (2026-02-23)
+++ v4 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e253fb5c6c840bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e81207af15344ac680a67315ddbdc327.psmdcp" Id="R10eb24d0695345a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d511ad90b9463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7570af612b7e4ff98ee71cbaca533588.psmdcp" Id="R4db9a6b5248d4b36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>