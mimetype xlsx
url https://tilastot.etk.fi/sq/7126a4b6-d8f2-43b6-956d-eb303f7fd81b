--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19da70a6e0741fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86922a54c5e344e2be4e48b095896a0d.psmdcp" Id="R84ae729e034f4c86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R418336d586ef4370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70978be5a7c04a42a424ce91cadfd24a.psmdcp" Id="R42580d2b50de4b58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työeläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>