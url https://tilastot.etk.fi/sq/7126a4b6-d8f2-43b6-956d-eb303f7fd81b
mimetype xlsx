--- v1 (2025-10-31)
+++ v2 (2025-11-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R418336d586ef4370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70978be5a7c04a42a424ce91cadfd24a.psmdcp" Id="R42580d2b50de4b58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf663418aadbf452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9fdf39eed6834fff92e87b3e0c456351.psmdcp" Id="Rced0f902fb094821" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työeläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>