--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf663418aadbf452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9fdf39eed6834fff92e87b3e0c456351.psmdcp" Id="Rced0f902fb094821" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe18672bc8554724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3cb742ba92a841338a1e704889ee5053.psmdcp" Id="Rde3429d8eae649a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työeläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>