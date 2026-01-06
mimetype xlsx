--- v3 (2025-12-16)
+++ v4 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe18672bc8554724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3cb742ba92a841338a1e704889ee5053.psmdcp" Id="Rde3429d8eae649a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12ac4bca6967460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/626d67930a9144b3a8b04d3fd7ff45ce.psmdcp" Id="R4dde8415ef9d47e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työeläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>