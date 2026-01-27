--- v4 (2026-01-06)
+++ v5 (2026-01-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12ac4bca6967460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/626d67930a9144b3a8b04d3fd7ff45ce.psmdcp" Id="R4dde8415ef9d47e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02cb5a27bf52472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff47f78089f54c3b97923e3d2aa39e96.psmdcp" Id="Rdcb8f502735342be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työeläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>