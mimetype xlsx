--- v5 (2026-01-27)
+++ v6 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02cb5a27bf52472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff47f78089f54c3b97923e3d2aa39e96.psmdcp" Id="Rdcb8f502735342be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc0e15b2d8bc4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/101641ae27c94c2c81f5795e996caf74.psmdcp" Id="R7e0eef5864f246b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työeläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>