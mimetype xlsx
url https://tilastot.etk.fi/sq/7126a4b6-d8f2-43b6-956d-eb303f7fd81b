--- v6 (2026-02-16)
+++ v7 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc0e15b2d8bc4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/101641ae27c94c2c81f5795e996caf74.psmdcp" Id="R7e0eef5864f246b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8605a58c978342fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3f45630fedb4a1a95f897506e85dbce.psmdcp" Id="R22f5fdbc2d7d4aa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työeläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>