--- v7 (2026-03-09)
+++ v8 (2026-03-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8605a58c978342fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3f45630fedb4a1a95f897506e85dbce.psmdcp" Id="R22f5fdbc2d7d4aa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d0da35e88b4d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/472528825a874a38b7ecd43dfe2e775f.psmdcp" Id="R6c1f67055ae641ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työeläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>