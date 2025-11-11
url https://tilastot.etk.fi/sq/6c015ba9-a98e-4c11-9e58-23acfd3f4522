--- v0 (2025-10-07)
+++ v1 (2025-11-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R573720c2745c41a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/294efbffc006411fb0f30c5bbcb1060f.psmdcp" Id="Ra4d38a22f3584bbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f8d90605044e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7f2d625ad154dd588651adf3ac2b0cd.psmdcp" Id="R3208ec0510534c74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>