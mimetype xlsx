--- v1 (2025-11-11)
+++ v2 (2025-12-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f8d90605044e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7f2d625ad154dd588651adf3ac2b0cd.psmdcp" Id="R3208ec0510534c74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48183b3d131b4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b50fe3fada349cc992f7bf41f667a27.psmdcp" Id="R7581982bd339460a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>