--- v2 (2025-12-02)
+++ v3 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48183b3d131b4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b50fe3fada349cc992f7bf41f667a27.psmdcp" Id="R7581982bd339460a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R879803cc06004ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc7b3dfd2ef14f978ab5fc035aa5f004.psmdcp" Id="R56c711f2a7e146e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>