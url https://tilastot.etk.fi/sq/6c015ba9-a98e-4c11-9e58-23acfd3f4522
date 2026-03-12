--- v3 (2026-01-11)
+++ v4 (2026-03-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R879803cc06004ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc7b3dfd2ef14f978ab5fc035aa5f004.psmdcp" Id="R56c711f2a7e146e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R452d28b93aea4f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/807aac9f5f8b4f97a0d05ac26907646d.psmdcp" Id="Rbf6b379b29284fb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>