--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd53f6ff09a044082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd3eb4a1a8c94373ab16b1df175c98b5.psmdcp" Id="R1edc9e83c5ed4797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41eadc211d084d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be05dcd1d63b43a9af5a895767e3d9eb.psmdcp" Id="Rdf8fa81d6d9840d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="esiirtymisika01" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Effective retirement age in the earnings-related pension scheme</x:t>
   </x:si>
   <x:si>
     <x:t>Expected effective retirement age for 25-year-olds</x:t>
   </x:si>
   <x:si>