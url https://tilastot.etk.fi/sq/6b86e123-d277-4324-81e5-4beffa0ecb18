--- v1 (2025-10-30)
+++ v2 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41eadc211d084d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be05dcd1d63b43a9af5a895767e3d9eb.psmdcp" Id="Rdf8fa81d6d9840d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6def71b634094790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0eed1e8faff4fc189b23fc448e6855c.psmdcp" Id="Re6bb8605c1bf4e29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="esiirtymisika01" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Effective retirement age in the earnings-related pension scheme</x:t>
   </x:si>
   <x:si>
     <x:t>Expected effective retirement age for 25-year-olds</x:t>
   </x:si>
   <x:si>