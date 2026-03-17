--- v2 (2025-12-31)
+++ v3 (2026-03-17)
@@ -1,127 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6def71b634094790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0eed1e8faff4fc189b23fc448e6855c.psmdcp" Id="Re6bb8605c1bf4e29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3699fb6c9404f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9dce6b3ed3a414f9508a66f8e331e7d.psmdcp" Id="R320e29d8c5664729" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="esiirtymisika01" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Effective retirement age in the earnings-related pension scheme</x:t>
   </x:si>
   <x:si>
     <x:t>Expected effective retirement age for 25-year-olds</x:t>
   </x:si>
   <x:si>
     <x:t>Average age</x:t>
   </x:si>
   <x:si>
     <x:t>Median age</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>
-    <x:t>2010</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/effective-retirement-age/&gt;&lt;u&gt;Go to Effective Retirement Age.&lt;/u&gt;&lt;/A&gt;
 </x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250210 09:00</x:t>
+    <x:t>20260213 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Age</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -537,250 +537,250 @@
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="C3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
-        <x:v>60.4</x:v>
+        <x:v>60.5</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>59.6</x:v>
+        <x:v>59.8</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
         <x:v>63.1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="B5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>60.5</x:v>
+        <x:v>60.9</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>59.8</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>63.1</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="B6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>60.9</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>60</x:v>
+        <x:v>60.3</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>63.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="B7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>60.9</x:v>
+        <x:v>61.2</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>60.3</x:v>
+        <x:v>60.5</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>63.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="B8" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>61.2</x:v>
+        <x:v>61.1</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>60.5</x:v>
+        <x:v>60.7</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>63.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="B9" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>61.1</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>60.7</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>63.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="B10" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>61.1</x:v>
+        <x:v>61.2</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>60.7</x:v>
+        <x:v>60.8</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>63.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="B11" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>61.2</x:v>
+        <x:v>61.3</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>60.8</x:v>
+        <x:v>60.4</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>63.1</x:v>
+        <x:v>63.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="B12" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>61.3</x:v>
+        <x:v>61.5</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>60.4</x:v>
+        <x:v>60.2</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>63.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="B13" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>61.5</x:v>
+        <x:v>61.9</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>60.2</x:v>
+        <x:v>60.4</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>63.3</x:v>
+        <x:v>63.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="B14" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>61.9</x:v>
+        <x:v>62.4</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>60.4</x:v>
+        <x:v>60.9</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>63.6</x:v>
+        <x:v>63.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="B15" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>62.4</x:v>
+        <x:v>62.2</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>60.9</x:v>
+        <x:v>61.7</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>63.8</x:v>
+        <x:v>64.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="B16" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>62.2</x:v>
+        <x:v>62.8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>61.7</x:v>
+        <x:v>61.1</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>64.1</x:v>
+        <x:v>64.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="B17" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>62.8</x:v>
+        <x:v>63.1</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>61.1</x:v>
+        <x:v>61.3</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>64.3</x:v>
+        <x:v>64.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="B18" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>63.1</x:v>
+        <x:v>63.2</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
-        <x:v>61.3</x:v>
+        <x:v>61.6</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>64.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>