--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc928ee291fe54da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8502cf0ca7ba4bd8bf1a8646ee1c0cd0.psmdcp" Id="R7e5f8568c8d846a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R731bd306222149df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66ac23d29db84f6596f131228a025fac.psmdcp" Id="R1fa96cc3f7624921" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Työ- ja kansaneläkkeelle siirtyneet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>