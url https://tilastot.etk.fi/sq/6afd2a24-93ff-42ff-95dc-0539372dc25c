--- v1 (2026-01-07)
+++ v2 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R731bd306222149df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66ac23d29db84f6596f131228a025fac.psmdcp" Id="R1fa96cc3f7624921" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3bd0277a0c41fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9cb6a44ed1b4aacb6f64a5f038f9b93.psmdcp" Id="R80b8f5470a144ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Työ- ja kansaneläkkeelle siirtyneet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>