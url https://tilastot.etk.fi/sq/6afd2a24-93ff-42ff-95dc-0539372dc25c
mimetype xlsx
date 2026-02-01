--- v2 (2026-01-07)
+++ v3 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3bd0277a0c41fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9cb6a44ed1b4aacb6f64a5f038f9b93.psmdcp" Id="R80b8f5470a144ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3856d09ea9c419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7bc8976333164ca4a8a597202c1d571c.psmdcp" Id="Rb3b4ace5a7b4472c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Työ- ja kansaneläkkeelle siirtyneet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>