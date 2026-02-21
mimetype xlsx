--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3856d09ea9c419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7bc8976333164ca4a8a597202c1d571c.psmdcp" Id="Rb3b4ace5a7b4472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R694166eabcd74882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/234d1c150b59427983cff02428e22a53.psmdcp" Id="R4e7340cba7e14a43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Työ- ja kansaneläkkeelle siirtyneet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>