--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R694166eabcd74882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/234d1c150b59427983cff02428e22a53.psmdcp" Id="R4e7340cba7e14a43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97b22773d2294f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a0ec8ec83444b6b9d6257140ad4ca90.psmdcp" Id="R737840c54b4e43fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Työ- ja kansaneläkkeelle siirtyneet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>