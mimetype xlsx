--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5900e529006347ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88a7b79a5eb04e1db8334a0b407c9060.psmdcp" Id="Rce048f67df8e4098" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68abb61c3ed944ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14ccb21a49764a1288edd39dc654e23e.psmdcp" Id="R2ce2ced8978b4c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Disability pension expenditure by disease category, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>