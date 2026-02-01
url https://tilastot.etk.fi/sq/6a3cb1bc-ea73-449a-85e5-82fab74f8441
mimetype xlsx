--- v1 (2026-01-11)
+++ v2 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68abb61c3ed944ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14ccb21a49764a1288edd39dc654e23e.psmdcp" Id="R2ce2ced8978b4c37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7f9cb43e0a34083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c18b00cecdd94ab78ab329a380d1a2df.psmdcp" Id="R5d01c4c5bbb84428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Disability pension expenditure by disease category, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>