--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7f9cb43e0a34083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c18b00cecdd94ab78ab329a380d1a2df.psmdcp" Id="R5d01c4c5bbb84428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99d58e1baf5419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/987cb1272cbd42a4937445e22ac93dc2.psmdcp" Id="R51a55a6955404d94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Disability pension expenditure by disease category, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>