--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99d58e1baf5419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/987cb1272cbd42a4937445e22ac93dc2.psmdcp" Id="R51a55a6955404d94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1b937379d74fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b237ffde8d2456390cb4d61f110ddea.psmdcp" Id="R4feb691ecbc147c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Disability pension expenditure by disease category, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>