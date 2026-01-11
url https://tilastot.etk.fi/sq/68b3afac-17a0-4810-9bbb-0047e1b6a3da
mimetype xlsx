--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re045482753ea45a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5183763495541ae827c114031f8a1b4.psmdcp" Id="R560e4053cbe348d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R593dfffdb745499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9388f3fde4bd4b74bf7ce6dee836db5c.psmdcp" Id="Ref99907ed4be4ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Disability pension expenditure by disease category, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Earnings-related and Kela's pension expenditure</x:t>
   </x:si>
   <x:si>