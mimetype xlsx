--- v1 (2026-01-11)
+++ v2 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R593dfffdb745499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9388f3fde4bd4b74bf7ce6dee836db5c.psmdcp" Id="Ref99907ed4be4ee6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13f2eaf7b614720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ae5afe78262477d909d2fbe6e812580.psmdcp" Id="R7451f65c7f9f46fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Disability pension expenditure by disease category, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Earnings-related and Kela's pension expenditure</x:t>
   </x:si>
   <x:si>