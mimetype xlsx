--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13f2eaf7b614720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ae5afe78262477d909d2fbe6e812580.psmdcp" Id="R7451f65c7f9f46fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d408cde01f45b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7db412e41ce84ee1a969abd05fb0e983.psmdcp" Id="R94d6f0f159e24129" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Disability pension expenditure by disease category, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Earnings-related and Kela's pension expenditure</x:t>
   </x:si>
   <x:si>