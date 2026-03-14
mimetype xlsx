--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d408cde01f45b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7db412e41ce84ee1a969abd05fb0e983.psmdcp" Id="R94d6f0f159e24129" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R333d05f7b9474a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5e540c671244f9bb60294b7320fc7b0.psmdcp" Id="R957e8715b0204c50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Disability pension expenditure by disease category, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Earnings-related and Kela's pension expenditure</x:t>
   </x:si>
   <x:si>