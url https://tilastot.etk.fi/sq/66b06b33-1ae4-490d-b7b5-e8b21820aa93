--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0cd2f7ae74246f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ce5a6c8a53e4218af6e9a7ef3fa321b.psmdcp" Id="R09850835cea74694" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd059aed78d6542fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/789858aec2bf4eda96f98fdbd9b3ceba.psmdcp" Id="R851d3a14153747e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien keskieläke vuosina 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkkeensaajien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>