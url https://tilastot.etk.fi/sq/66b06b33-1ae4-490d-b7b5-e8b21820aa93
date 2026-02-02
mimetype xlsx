--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd059aed78d6542fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/789858aec2bf4eda96f98fdbd9b3ceba.psmdcp" Id="R851d3a14153747e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47aab2a691cc431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e7dc636aa3f4911abfcd75c10a8d666.psmdcp" Id="R15b4053144d24dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien keskieläke vuosina 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkkeensaajien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>