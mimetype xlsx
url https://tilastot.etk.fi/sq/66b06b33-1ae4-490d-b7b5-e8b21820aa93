--- v2 (2026-02-02)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47aab2a691cc431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e7dc636aa3f4911abfcd75c10a8d666.psmdcp" Id="R15b4053144d24dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bf1d7145dfd4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a662821735bf462aa841090733fe4a03.psmdcp" Id="R93c1350431dd4631" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien keskieläke vuosina 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkkeensaajien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>