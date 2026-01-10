--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R504c32b4508d46cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b861b9df18124f9cbe8c9c2a952a213a.psmdcp" Id="Rdecdaf874a34486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8c1c750bcc54a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84112afb6ac74c5282a8e569861d14d3.psmdcp" Id="Rc3674d283ecc49dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Personer i åldern 17-68 år som omfattas av arbetspensionssystemet</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>