--- v1 (2026-01-10)
+++ v2 (2026-02-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8c1c750bcc54a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84112afb6ac74c5282a8e569861d14d3.psmdcp" Id="Rc3674d283ecc49dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d48c35801e249c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1beadafe3c094407ae5c821ba13e43f8.psmdcp" Id="Rfc1f7d66c28349c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Personer i åldern 17-68 år som omfattas av arbetspensionssystemet</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>