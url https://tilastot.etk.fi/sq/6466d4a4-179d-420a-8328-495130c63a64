--- v2 (2026-02-18)
+++ v3 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d48c35801e249c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1beadafe3c094407ae5c821ba13e43f8.psmdcp" Id="Rfc1f7d66c28349c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52df30d4f41e44cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1e0a7a70fd24ff5b8fec2b912fdd548.psmdcp" Id="R19efa1ce0a934b3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Personer i åldern 17-68 år som omfattas av arbetspensionssystemet</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>