--- v3 (2026-03-10)
+++ v4 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52df30d4f41e44cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1e0a7a70fd24ff5b8fec2b912fdd548.psmdcp" Id="R19efa1ce0a934b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ad8a7f3f25b4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b67cb8a7c2446e59a263d3bac38ad60.psmdcp" Id="R6936fb03b78b4251" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Personer i åldern 17-68 år som omfattas av arbetspensionssystemet</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>