--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R081d2b1aae4b4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dfcdcced426d4462bad72af9c7e1403e.psmdcp" Id="R8ed35fe713744fb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b3f58373cb4aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a95bb131d3c246919c2a88a6349c25a5.psmdcp" Id="R7d1aaa19559d4173" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Työeläkkeensaajien kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>