--- v1 (2026-01-11)
+++ v2 (2026-02-06)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b3f58373cb4aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a95bb131d3c246919c2a88a6349c25a5.psmdcp" Id="R7d1aaa19559d4173" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c7ee478cd44606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d849186176045689077b438ecbc7c24.psmdcp" Id="R2021839cb0b64f4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Työeläkkeensaajien kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos, %</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M11</x:t>
+    <x:t>2025M12</x:t>
   </x:si>
   <x:si>
     <x:t>Vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Työeläkkeensaajan keskimääräinen työeläke, euroa/kk</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Täysi työkyvyttömyyseläke</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Perhe-eläke</x:t>
   </x:si>
   <x:si>
     <x:t>Kaikki eläkelajit</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukon eri eläkelajit eivät ole yhteenlaskettavissa, koska henkilön on mahdollista saada samanaikaisesti usean eläkelajin mukaista eläkettä.</x:t>
   </x:si>
   <x:si>
     <x:t>Vuoden 2021 alusta lähtien nollan euron suuruiset perhe-eläkkeet eivät enää sisälly tilastoon.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251217 09:00</x:t>
+    <x:t>20260119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, euroa/kk, 1 000 euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1953</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2012</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>450</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>863</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>1355</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1352</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>1447</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>944</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>2337</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>-11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>44</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>705</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-2</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1909</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>770</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1979</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>