--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c7ee478cd44606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d849186176045689077b438ecbc7c24.psmdcp" Id="R2021839cb0b64f4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e2dbd8e840c4363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9cb09356f8094621b8919138099a0e29.psmdcp" Id="R5267ed666e194c71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Työeläkkeensaajien kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos, %</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M12</x:t>
+    <x:t>2026M01</x:t>
   </x:si>
   <x:si>
     <x:t>Vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Työeläkkeensaajan keskimääräinen työeläke, euroa/kk</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Täysi työkyvyttömyyseläke</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Perhe-eläke</x:t>
   </x:si>
   <x:si>
     <x:t>Kaikki eläkelajit</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukon eri eläkelajit eivät ole yhteenlaskettavissa, koska henkilön on mahdollista saada samanaikaisesti usean eläkelajin mukaista eläkettä.</x:t>
   </x:si>
   <x:si>
     <x:t>Vuoden 2021 alusta lähtien nollan euron suuruiset perhe-eläkkeet eivät enää sisälly tilastoon.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260119 09:00</x:t>
+    <x:t>20260218 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, euroa/kk, 1 000 euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1955</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2013</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>863</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F7" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="G7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="F7" s="4" t="n">
+      <x:c r="H7" s="4" t="n">
         <x:v>0</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>1358</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1355</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>1450</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>944</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>2361</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>702</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-8</x:v>
+        <x:v>-11</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1911</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>770</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1980</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F17" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>