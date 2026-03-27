--- v3 (2026-02-26)
+++ v4 (2026-03-27)
@@ -1,146 +1,146 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e2dbd8e840c4363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9cb09356f8094621b8919138099a0e29.psmdcp" Id="R5267ed666e194c71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra80f0769bd374619" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/21748fdf004344fa9e3b3dd9579c17e9.psmdcp" Id="Rd48992c0e22f48c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Työeläkkeensaajien kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos, %</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2026M01</x:t>
+    <x:t>2026M02</x:t>
   </x:si>
   <x:si>
     <x:t>Vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Työeläkkeensaajan keskimääräinen työeläke, euroa/kk</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Täysi työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osatyökyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Työuraeläke</x:t>
   </x:si>
   <x:si>
     <x:t>Maatalouden erityiseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osa-aikaeläke</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>Omaan työuraan perustuva eläke</x:t>
   </x:si>
   <x:si>
     <x:t>Perhe-eläke</x:t>
   </x:si>
   <x:si>
     <x:t>Kaikki eläkelajit</x:t>
   </x:si>
   <x:si>
-    <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
+    <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://www.etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/elakkeensaajat-ja-elakemenot/suomen-tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukon eri eläkelajit eivät ole yhteenlaskettavissa, koska henkilön on mahdollista saada samanaikaisesti usean eläkelajin mukaista eläkettä.</x:t>
   </x:si>
   <x:si>
     <x:t>Vuoden 2021 alusta lähtien nollan euron suuruiset perhe-eläkkeet eivät enää sisälly tilastoon.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260218 09:00</x:t>
+    <x:t>20260318 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, euroa/kk, 1 000 euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -580,356 +580,356 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1975</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2032</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F6" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="G6" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="F6" s="4" t="n">
+      <x:c r="H6" s="4" t="n">
         <x:v>1.1</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>1373</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1370</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>1466</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>955</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>2375</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>68</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>707</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-11</x:v>
+        <x:v>-12</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1930</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>778</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>2000</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">