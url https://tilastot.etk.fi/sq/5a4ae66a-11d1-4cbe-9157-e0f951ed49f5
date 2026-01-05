--- v0 (2025-12-15)
+++ v1 (2026-01-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3bccbb498ac41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b4e8f4c2f424cc89bbc6d19c5b9e28b.psmdcp" Id="Rb73d3c398d694014" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R739179e5f9ec4a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af333d3e99984376bc831561ec9da3ff.psmdcp" Id="Rb7c70b28c5994269" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Earnings-related pension rehabilitation costs</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>