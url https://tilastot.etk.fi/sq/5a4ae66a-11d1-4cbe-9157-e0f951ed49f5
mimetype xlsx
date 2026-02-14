--- v1 (2026-01-05)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R739179e5f9ec4a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af333d3e99984376bc831561ec9da3ff.psmdcp" Id="Rb7c70b28c5994269" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb741e8aaf3f647b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1925556538c2435ca07ae8069648eaa3.psmdcp" Id="R20c93436de064e4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Earnings-related pension rehabilitation costs</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>