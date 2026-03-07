--- v2 (2026-02-14)
+++ v3 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb741e8aaf3f647b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1925556538c2435ca07ae8069648eaa3.psmdcp" Id="R20c93436de064e4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2517f207e9448cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c43377646c24a36b752d650baab9054.psmdcp" Id="R12ca8e2613a14464" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Earnings-related pension rehabilitation costs</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>