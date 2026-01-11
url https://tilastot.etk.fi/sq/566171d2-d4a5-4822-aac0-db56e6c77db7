--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc069bc3efef40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95bb4c0c6a4542dc82bc919d64ddd29b.psmdcp" Id="Rd9a10e0b10d540a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb78907b82d46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34d5b2bb250e421091dcb84c8bba959e.psmdcp" Id="R799e666d303f4126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Työeläkkeelle siirtyneiden kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>