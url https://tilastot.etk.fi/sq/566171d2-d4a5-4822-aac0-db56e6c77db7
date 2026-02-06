--- v1 (2026-01-11)
+++ v2 (2026-02-06)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb78907b82d46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34d5b2bb250e421091dcb84c8bba959e.psmdcp" Id="R799e666d303f4126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b272d8d8a214b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15db74dd762242e6bddd083089f74fe5.psmdcp" Id="Rfccd32d5adf444ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Työeläkkeelle siirtyneiden kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneet vuoden alusta</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneet tilastokuukautena edellisenä vuonna</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneet vuoden alusta edellisenä vuonna</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M11</x:t>
+    <x:t>2025M12</x:t>
   </x:si>
   <x:si>
     <x:t>Vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneen keskimääräinen työeläke, euroa/kk</x:t>
   </x:si>
   <x:si>
     <x:t>Työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Täysi työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osatyökyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Työuraeläke</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
@@ -84,51 +84,51 @@
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukon eri eläkelajit eivät ole yhteenlaskettavissa, koska henkilön on mahdollista saada samanaikaisesti usean eläkelajin mukaista eläkettä.</x:t>
   </x:si>
   <x:si>
     <x:t>Työeläkkeelle siirtyneiden kuukausitilaston tiedot ovat ennakkotietoja.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251217 09:00</x:t>
+    <x:t>20260119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, euroa/kk</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -556,260 +556,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1986</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2098</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>1969</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2050</x:v>
+        <x:v>2042</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1274</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1294</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1331</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1294</x:v>
+        <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1267</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1278</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1328</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1282</x:v>
+        <x:v>1275</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1416</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1404</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1477</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1401</x:v>
+        <x:v>1389</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>881</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>951</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>938</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>981</x:v>
+        <x:v>978</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>1766</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1864</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1780</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1816</x:v>
+        <x:v>1813</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>773</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>828</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>708</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>763</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>465</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>476</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>417</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>438</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>877</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>930</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>785</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>841</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>