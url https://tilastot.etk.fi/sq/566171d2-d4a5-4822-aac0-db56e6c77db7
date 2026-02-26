--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b272d8d8a214b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15db74dd762242e6bddd083089f74fe5.psmdcp" Id="Rfccd32d5adf444ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11aa85458c04421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d57d1fca3bc47298de2914a58ee33e2.psmdcp" Id="R3caa8d2a0be0490d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Työeläkkeelle siirtyneiden kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneet vuoden alusta</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneet tilastokuukautena edellisenä vuonna</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneet vuoden alusta edellisenä vuonna</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M12</x:t>
+    <x:t>2026M01</x:t>
   </x:si>
   <x:si>
     <x:t>Vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneen keskimääräinen työeläke, euroa/kk</x:t>
   </x:si>
   <x:si>
     <x:t>Työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Täysi työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osatyökyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Työuraeläke</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
@@ -84,51 +84,51 @@
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukon eri eläkelajit eivät ole yhteenlaskettavissa, koska henkilön on mahdollista saada samanaikaisesti usean eläkelajin mukaista eläkettä.</x:t>
   </x:si>
   <x:si>
     <x:t>Työeläkkeelle siirtyneiden kuukausitilaston tiedot ovat ennakkotietoja.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260119 09:00</x:t>
+    <x:t>20260218 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, euroa/kk</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -556,260 +556,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1949</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2089</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>1935</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2042</x:v>
+        <x:v>2183</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1332</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1289</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1316</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1286</x:v>
+        <x:v>1353</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1314</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1273</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1308</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1275</x:v>
+        <x:v>1332</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1437</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1396</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1411</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1389</x:v>
+        <x:v>1489</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>949</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>951</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>957</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>978</x:v>
+        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>1742</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1854</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1762</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1813</x:v>
+        <x:v>2003</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>769</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>826</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>703</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>759</x:v>
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>415</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>436</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>851</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>927</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>786</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>837</x:v>
+        <x:v>923</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>