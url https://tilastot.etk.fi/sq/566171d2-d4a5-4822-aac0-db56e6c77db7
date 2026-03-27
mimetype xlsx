--- v3 (2026-02-26)
+++ v4 (2026-03-27)
@@ -1,134 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11aa85458c04421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d57d1fca3bc47298de2914a58ee33e2.psmdcp" Id="R3caa8d2a0be0490d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5505c6ecdebe4d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/902454774dff445c9a82da9b664913d3.psmdcp" Id="R126e1eba8b324904" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Työeläkkeelle siirtyneiden kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneet vuoden alusta</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneet tilastokuukautena edellisenä vuonna</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneet vuoden alusta edellisenä vuonna</x:t>
   </x:si>
   <x:si>
-    <x:t>2026M01</x:t>
+    <x:t>2026M02</x:t>
   </x:si>
   <x:si>
     <x:t>Vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneen keskimääräinen työeläke, euroa/kk</x:t>
   </x:si>
   <x:si>
     <x:t>Työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Täysi työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osatyökyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Työuraeläke</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
     <x:t>Maatalouden erityiseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Omaan työuraan perustuva eläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 50 %</x:t>
   </x:si>
   <x:si>
-    <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
+    <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://www.etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/elakkeensaajat-ja-elakemenot/suomen-tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukon eri eläkelajit eivät ole yhteenlaskettavissa, koska henkilön on mahdollista saada samanaikaisesti usean eläkelajin mukaista eläkettä.</x:t>
   </x:si>
   <x:si>
     <x:t>Työeläkkeelle siirtyneiden kuukausitilaston tiedot ovat ennakkotietoja.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260218 09:00</x:t>
+    <x:t>20260318 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, euroa/kk</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -556,260 +556,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>2238</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2238</x:v>
+        <x:v>2169</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>2183</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2183</x:v>
+        <x:v>2115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1336</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1336</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1353</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1353</x:v>
+        <x:v>1311</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1301</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1301</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1332</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1332</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1469</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1469</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1489</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1489</x:v>
+        <x:v>1428</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>991</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>991</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>986</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>986</x:v>
+        <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>2040</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>2040</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>2003</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>2003</x:v>
+        <x:v>1926</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>823</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>823</x:v>
+        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>539</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>539</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>479</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>1094</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>1094</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>923</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>923</x:v>
+        <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>