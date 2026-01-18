--- v0 (2025-12-17)
+++ v1 (2026-01-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1245db5ccef4272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/089d05796e354418993d097fc3f62d43.psmdcp" Id="R5893ece7bfcd435f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ded654c056b4b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51fc3a65df644c13b66aa164fd682370.psmdcp" Id="Rcae4ec7117164b2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työkyvyttömyyseläkemenot sairauspääryhmittäin, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>