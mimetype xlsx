--- v1 (2026-01-18)
+++ v2 (2026-02-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ded654c056b4b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51fc3a65df644c13b66aa164fd682370.psmdcp" Id="Rcae4ec7117164b2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R736d98e7c0394db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31d8136e2e8d439da1ce53f18fd72248.psmdcp" Id="R93adf719725e4472" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työkyvyttömyyseläkemenot sairauspääryhmittäin, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>