--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R736d98e7c0394db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31d8136e2e8d439da1ce53f18fd72248.psmdcp" Id="R93adf719725e4472" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b24613c7df499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c95733de35a74f56bcafb6772b3172e3.psmdcp" Id="R3d36a38212f741b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työkyvyttömyyseläkemenot sairauspääryhmittäin, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>