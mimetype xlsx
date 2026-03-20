--- v3 (2026-02-27)
+++ v4 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b24613c7df499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c95733de35a74f56bcafb6772b3172e3.psmdcp" Id="R3d36a38212f741b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94040ced966a454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4152ca2dcfa143d48a4ec61ee1467373.psmdcp" Id="R546e8bd6295349c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työkyvyttömyyseläkemenot sairauspääryhmittäin, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>