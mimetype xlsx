--- v0 (2025-12-23)
+++ v1 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R754913c582504e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/668ff360e58b497ea1e353374a27dcb1.psmdcp" Id="Rc9f715e83d1e4225" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra09672de8d1e404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4469904561d64869ba3f309a16c703f0.psmdcp" Id="Rf685443a4a394253" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Månadsstatistik över nypensionerade med arbetspension</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>