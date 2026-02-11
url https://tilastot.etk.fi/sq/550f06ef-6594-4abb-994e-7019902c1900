--- v1 (2026-01-13)
+++ v2 (2026-02-11)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra09672de8d1e404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4469904561d64869ba3f309a16c703f0.psmdcp" Id="Rf685443a4a394253" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb94d6dd2a6d4a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b5cea3eee0641f392fdf2728b18cc9c.psmdcp" Id="R63acd1e469554b90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Månadsstatistik över nypensionerade med arbetspension</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade från början av året</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade i statistikmånaden i föregående år</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade från början av året i föregående år</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M11</x:t>
+    <x:t>2025M12</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet nypensionerade med arbetspension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Arbetslivspension</x:t>
   </x:si>
   <x:si>
     <x:t>Lantbrukets specialpension</x:t>
   </x:si>
@@ -84,51 +84,51 @@
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Utgifter i månadsstatistik över nypensionerade med arbetspension är förhandsuppgifter.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251217 09:00</x:t>
+    <x:t>20260119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -555,260 +555,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>3290</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>39834</x:v>
+        <x:v>42517</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>3747</x:v>
+        <x:v>3271</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>37115</x:v>
+        <x:v>40378</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1467</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>16310</x:v>
+        <x:v>17653</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1500</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>16250</x:v>
+        <x:v>17480</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1452</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>16067</x:v>
+        <x:v>17392</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1493</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>16095</x:v>
+        <x:v>17318</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1046</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>11597</x:v>
+        <x:v>12602</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1081</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>11549</x:v>
+        <x:v>12504</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>406</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>4470</x:v>
+        <x:v>4790</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>412</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>4546</x:v>
+        <x:v>4814</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>243</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>155</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>4755</x:v>
+        <x:v>4074</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>56135</x:v>
+        <x:v>60162</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>5266</x:v>
+        <x:v>4534</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>53475</x:v>
+        <x:v>57848</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>777</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>15290</x:v>
+        <x:v>15784</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>2687</x:v>
+        <x:v>2447</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>28672</x:v>
+        <x:v>31038</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>196</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>3706</x:v>
+        <x:v>3820</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>564</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>6012</x:v>
+        <x:v>6562</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>581</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>11851</x:v>
+        <x:v>12257</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>2123</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>23144</x:v>
+        <x:v>25036</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>