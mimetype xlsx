--- v2 (2026-02-11)
+++ v3 (2026-03-03)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb94d6dd2a6d4a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b5cea3eee0641f392fdf2728b18cc9c.psmdcp" Id="R63acd1e469554b90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ac1f64d1ad046fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a10a69445c064df3b059c4d396b2a4ef.psmdcp" Id="Rd211ba5bf2dc49d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Månadsstatistik över nypensionerade med arbetspension</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade från början av året</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade i statistikmånaden i föregående år</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade från början av året i föregående år</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M12</x:t>
+    <x:t>2026M01</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet nypensionerade med arbetspension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Arbetslivspension</x:t>
   </x:si>
   <x:si>
     <x:t>Lantbrukets specialpension</x:t>
   </x:si>
@@ -84,51 +84,51 @@
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Utgifter i månadsstatistik över nypensionerade med arbetspension är förhandsuppgifter.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260119 09:00</x:t>
+    <x:t>20260218 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -555,260 +555,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>2706</x:v>
+        <x:v>5414</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>42517</x:v>
+        <x:v>5414</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>3271</x:v>
+        <x:v>5483</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>40378</x:v>
+        <x:v>5483</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1367</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>17653</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1264</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>17480</x:v>
+        <x:v>1524</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1349</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>17392</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1257</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>17318</x:v>
+        <x:v>1499</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1009</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>12602</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>973</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>12504</x:v>
+        <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>340</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>4790</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>284</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>4814</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>261</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>162</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>4074</x:v>
+        <x:v>6935</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>60162</x:v>
+        <x:v>6935</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>4534</x:v>
+        <x:v>7006</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>57848</x:v>
+        <x:v>7006</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>524</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>15784</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>2447</x:v>
+        <x:v>4102</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>31038</x:v>
+        <x:v>4102</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>115</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>3820</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>550</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>6562</x:v>
+        <x:v>925</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>409</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>12257</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>1897</x:v>
+        <x:v>3177</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>25036</x:v>
+        <x:v>3177</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>