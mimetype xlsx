--- v3 (2026-03-03)
+++ v4 (2026-03-29)
@@ -1,134 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ac1f64d1ad046fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a10a69445c064df3b059c4d396b2a4ef.psmdcp" Id="Rd211ba5bf2dc49d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18ed466c10d24f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f5f2ec6568047b6ad621fc6faf766fb.psmdcp" Id="Rd6af83d8b4164aa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Månadsstatistik över nypensionerade med arbetspension</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade från början av året</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade i statistikmånaden i föregående år</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade från början av året i föregående år</x:t>
   </x:si>
   <x:si>
-    <x:t>2026M01</x:t>
+    <x:t>2026M02</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet nypensionerade med arbetspension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Arbetslivspension</x:t>
   </x:si>
   <x:si>
     <x:t>Lantbrukets specialpension</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
     <x:t>Pension p.g.a egen yrkesbana</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
-    <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
+    <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://www.etk.fi/sv/forskning-statistik-och-prognoser/statistik/pensionstagare-och-pensionsutgifter/arbetspensionstagare-i-finland/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Utgifter i månadsstatistik över nypensionerade med arbetspension är förhandsuppgifter.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260218 09:00</x:t>
+    <x:t>20260318 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -555,260 +555,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>5414</x:v>
+        <x:v>3980</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>5414</x:v>
+        <x:v>9388</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>5483</x:v>
+        <x:v>4311</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>5483</x:v>
+        <x:v>9791</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1521</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1521</x:v>
+        <x:v>2955</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1524</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1524</x:v>
+        <x:v>3011</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1471</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1471</x:v>
+        <x:v>2876</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1499</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1499</x:v>
+        <x:v>2965</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>956</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>956</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1030</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1030</x:v>
+        <x:v>2112</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>515</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>515</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>469</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>469</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>50</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>6935</x:v>
+        <x:v>5421</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>6935</x:v>
+        <x:v>12342</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>7006</x:v>
+        <x:v>5806</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>7006</x:v>
+        <x:v>12801</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>1459</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>1459</x:v>
+        <x:v>3379</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>4102</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>4102</x:v>
+        <x:v>6135</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>345</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>345</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>925</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>925</x:v>
+        <x:v>1444</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>1114</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>1114</x:v>
+        <x:v>2686</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>3177</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>3177</x:v>
+        <x:v>4703</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>