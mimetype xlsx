--- v0 (2026-01-01)
+++ v1 (2026-03-17)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rece0c743aa664e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c26bc72069b47f9ad02d84e0c989cda.psmdcp" Id="R4a1b6a2af3814fc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3c4c4af35af4aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffc2b4be013744b486cb8688821c71a9.psmdcp" Id="R94519fb11643472c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_21tod_maa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="51">
   <x:si>
     <x:t>Granted certificates on coverage by Finnish social security while working abroad by target country</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>
     <x:t>Females</x:t>
   </x:si>
   <x:si>
     <x:t>Certificates, number</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>All foreign countries</x:t>
   </x:si>
   <x:si>
     <x:t>All personnel groups</x:t>
   </x:si>
   <x:si>
@@ -116,68 +116,71 @@
     <x:t>Austria</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Poland</x:t>
   </x:si>
   <x:si>
     <x:t>Romania</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>Lithuania</x:t>
   </x:si>
   <x:si>
     <x:t>Croatia</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/posted-workers/&gt;&lt;u&gt;Go to Statistics on Insurance for Work Abroad and Posted Workers.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>One person can be issued a certificate several times in one year. Certificates for persons working in two or more countries have not been specified by country.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 0 = Magnitude less than half of unit employed
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250131 09:00</x:t>
+    <x:t>20260129 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, %</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -556,51 +559,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H86"/>
+  <x:dimension ref="A1:H113"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.090625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="19.440625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="19.740625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="35.190625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.400625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.110625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="9.000625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="F3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
@@ -1677,118 +1680,661 @@
       </x:c>
       <x:c r="H56" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="C57" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D57" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E57" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F57" s="3" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G57" s="3" t="n">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H57" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
     </x:row>
+    <x:row r="58" spans="1:8">
+      <x:c r="B58" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C58" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D58" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E58" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F58" s="3" t="n">
+        <x:v>26687</x:v>
+      </x:c>
+      <x:c r="G58" s="3" t="n">
+        <x:v>19829</x:v>
+      </x:c>
+      <x:c r="H58" s="3" t="n">
+        <x:v>6858</x:v>
+      </x:c>
+    </x:row>
     <x:row r="59" spans="1:8">
-      <x:c r="A59" s="4" t="s">
-        <x:v>36</x:v>
+      <x:c r="C59" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D59" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E59" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F59" s="3" t="n">
+        <x:v>13157</x:v>
+      </x:c>
+      <x:c r="G59" s="3" t="n">
+        <x:v>10633</x:v>
+      </x:c>
+      <x:c r="H59" s="3" t="n">
+        <x:v>2524</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
-      <x:c r="A60" s="4" t="s">
+      <x:c r="C60" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D60" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E60" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F60" s="3" t="n">
+        <x:v>2115</x:v>
+      </x:c>
+      <x:c r="G60" s="3" t="n">
+        <x:v>1825</x:v>
+      </x:c>
+      <x:c r="H60" s="3" t="n">
+        <x:v>290</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:8">
+      <x:c r="C61" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D61" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E61" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F61" s="3" t="n">
+        <x:v>1877</x:v>
+      </x:c>
+      <x:c r="G61" s="3" t="n">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="H61" s="3" t="n">
+        <x:v>969</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:8">
+      <x:c r="C62" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D62" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E62" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F62" s="3" t="n">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c r="G62" s="3" t="n">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="H62" s="3" t="n">
+        <x:v>302</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:8">
+      <x:c r="C63" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D63" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E63" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F63" s="3" t="n">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="G63" s="3" t="n">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="H63" s="3" t="n">
+        <x:v>204</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:8">
+      <x:c r="C64" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D64" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E64" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F64" s="3" t="n">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="G64" s="3" t="n">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="H64" s="3" t="n">
+        <x:v>246</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:8">
+      <x:c r="C65" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D65" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E65" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F65" s="3" t="n">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="G65" s="3" t="n">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="H65" s="3" t="n">
+        <x:v>278</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:8">
+      <x:c r="C66" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D66" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E66" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F66" s="3" t="n">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="G66" s="3" t="n">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H66" s="3" t="n">
+        <x:v>187</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:8">
+      <x:c r="C67" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D67" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E67" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F67" s="3" t="n">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="G67" s="3" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H67" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:8">
+      <x:c r="C68" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="D68" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E68" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F68" s="3" t="n">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="G68" s="3" t="n">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="H68" s="3" t="n">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:8">
+      <x:c r="C69" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D69" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E69" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F69" s="3" t="n">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="G69" s="3" t="n">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H69" s="3" t="n">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:8">
+      <x:c r="C70" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D70" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E70" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F70" s="3" t="n">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="G70" s="3" t="n">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H70" s="3" t="n">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:8">
+      <x:c r="C71" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D71" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E71" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F71" s="3" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="G71" s="3" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H71" s="3" t="n">
+        <x:v>192</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:8">
+      <x:c r="C72" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D72" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E72" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F72" s="3" t="n">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="G72" s="3" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H72" s="3" t="n">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:8">
+      <x:c r="C73" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="D73" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E73" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F73" s="3" t="n">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="G73" s="3" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H73" s="3" t="n">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:8">
+      <x:c r="C74" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D74" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E74" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F74" s="3" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="G74" s="3" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H74" s="3" t="n">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:8">
+      <x:c r="C75" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D75" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E75" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F75" s="3" t="n">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="G75" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H75" s="3" t="n">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:8">
+      <x:c r="C76" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D76" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E76" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F76" s="3" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="G76" s="3" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H76" s="3" t="n">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:8">
+      <x:c r="C77" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D77" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E77" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F77" s="3" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="G77" s="3" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H77" s="3" t="n">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:8">
+      <x:c r="C78" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D78" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E78" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F78" s="3" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="G78" s="3" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H78" s="3" t="n">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:8">
+      <x:c r="C79" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D79" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E79" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F79" s="3" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="G79" s="3" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H79" s="3" t="n">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:8">
+      <x:c r="C80" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D80" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E80" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F80" s="3" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G80" s="3" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H80" s="3" t="n">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:8">
+      <x:c r="C81" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D81" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E81" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F81" s="3" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="G81" s="3" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H81" s="3" t="n">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:8">
+      <x:c r="C82" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D82" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E82" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F82" s="3" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G82" s="3" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H82" s="3" t="n">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:8">
+      <x:c r="C83" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D83" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E83" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F83" s="3" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G83" s="3" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H83" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:8">
+      <x:c r="C84" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D84" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E84" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F84" s="3" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G84" s="3" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H84" s="3" t="n">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:8">
+      <x:c r="A86" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:8">
-      <x:c r="A61" s="4" t="s">
+    <x:row r="87" spans="1:8">
+      <x:c r="A87" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:8">
-      <x:c r="A63" s="0" t="s">
+    <x:row r="88" spans="1:8">
+      <x:c r="A88" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:8">
-      <x:c r="A64" s="0" t="s">
+    <x:row r="90" spans="1:8">
+      <x:c r="A90" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:8">
-      <x:c r="A66" s="0" t="s">
+    <x:row r="91" spans="1:8">
+      <x:c r="A91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:8">
-      <x:c r="A67" s="0" t="s">
+    <x:row r="93" spans="1:8">
+      <x:c r="A93" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:8">
-      <x:c r="A69" s="0" t="s">
+    <x:row r="94" spans="1:8">
+      <x:c r="A94" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:8">
-      <x:c r="A70" s="0" t="s">
+    <x:row r="96" spans="1:8">
+      <x:c r="A96" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:8">
-      <x:c r="A72" s="0" t="s">
+    <x:row r="97" spans="1:8">
+      <x:c r="A97" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:8">
-      <x:c r="A74" s="0" t="s">
+    <x:row r="99" spans="1:8">
+      <x:c r="A99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:8">
-      <x:c r="A75" s="0" t="s">
+    <x:row r="101" spans="1:8">
+      <x:c r="A101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:8">
-      <x:c r="A85" s="0" t="s">
+    <x:row r="102" spans="1:8">
+      <x:c r="A102" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:8">
-      <x:c r="A86" s="0" t="s">
+    <x:row r="112" spans="1:8">
+      <x:c r="A112" s="0" t="s">
         <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:8">
+      <x:c r="A113" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>lah1_21tod_maa</vt:lpstr>
       <vt:lpstr>lah1_21tod_maa!Print_Area</vt:lpstr>
       <vt:lpstr>lah1_21tod_maa!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>