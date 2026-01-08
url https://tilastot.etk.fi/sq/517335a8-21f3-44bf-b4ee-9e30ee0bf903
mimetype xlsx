--- v0 (2025-12-18)
+++ v1 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b0ace70f5ca4ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca064c57cecd45e2ad2795eabe9b5374.psmdcp" Id="R59d4a04aae58494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86803cb0e92041fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f78db75049ba41d9bb11a34219b3ef55.psmdcp" Id="Re825311a2dc94a35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients in 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>