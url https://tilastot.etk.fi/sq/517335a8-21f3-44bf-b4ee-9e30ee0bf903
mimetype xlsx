--- v1 (2026-01-08)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86803cb0e92041fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f78db75049ba41d9bb11a34219b3ef55.psmdcp" Id="Re825311a2dc94a35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dc28d161ead4d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79c9d947439f4c45a94293b9c6b0fc6a.psmdcp" Id="R754a140a8f5f4e7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients in 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>