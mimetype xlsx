--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dc28d161ead4d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79c9d947439f4c45a94293b9c6b0fc6a.psmdcp" Id="R754a140a8f5f4e7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf87fee398eb94f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e857131b33ab415e928ef980ba04b515.psmdcp" Id="R711ff6f7a6c444fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients in 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>