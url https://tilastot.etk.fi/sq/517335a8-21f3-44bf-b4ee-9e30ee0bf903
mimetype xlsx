--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf87fee398eb94f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e857131b33ab415e928ef980ba04b515.psmdcp" Id="R711ff6f7a6c444fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708f0f0785024a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/777368a44800485097b6bf644c4541ea.psmdcp" Id="R8665ac8e4fff4434" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients in 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>