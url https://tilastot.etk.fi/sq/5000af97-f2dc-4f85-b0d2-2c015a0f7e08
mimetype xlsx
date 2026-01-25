--- v0 (2025-12-29)
+++ v1 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a853dccd8f14869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7108a222b6f34fc1b4b1e09519779d18.psmdcp" Id="R3c10a6dfd483473c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4000d3b9a350425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8a08c7c13bd41d2a3d4562ca8a05ef8.psmdcp" Id="R65cc0f132d204663" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Nya sjukpensionstagare med arbetspension efter sjukdomshuvudgrupp</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>