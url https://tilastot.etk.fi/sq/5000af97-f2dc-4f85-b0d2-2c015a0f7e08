--- v1 (2026-01-25)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4000d3b9a350425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8a08c7c13bd41d2a3d4562ca8a05ef8.psmdcp" Id="R65cc0f132d204663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R493decec1a49476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e3e6921936a4218904ff53f785f424d.psmdcp" Id="R056e4623df174e50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Nya sjukpensionstagare med arbetspension efter sjukdomshuvudgrupp</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>