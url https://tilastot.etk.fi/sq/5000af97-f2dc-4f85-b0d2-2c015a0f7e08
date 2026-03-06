--- v2 (2026-02-14)
+++ v3 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R493decec1a49476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e3e6921936a4218904ff53f785f424d.psmdcp" Id="R056e4623df174e50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a2dbae23b84cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a232002fcfca4f59b985ca38ed297e22.psmdcp" Id="Rfefac93c17db4dd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Nya sjukpensionstagare med arbetspension efter sjukdomshuvudgrupp</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>