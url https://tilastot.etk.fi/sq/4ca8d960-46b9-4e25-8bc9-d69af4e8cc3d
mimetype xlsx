--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ccfa54bede542fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed3ea755e0c9443cb932ec968a79101f.psmdcp" Id="Reb65f5f804cd48c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3739d232a5c41db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66c229865b1d4b22b2a37979b762463c.psmdcp" Id="R25adedd090184681" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>