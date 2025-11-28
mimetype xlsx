--- v1 (2025-10-30)
+++ v2 (2025-11-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3739d232a5c41db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66c229865b1d4b22b2a37979b762463c.psmdcp" Id="R25adedd090184681" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dae9d301f6c4dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/131a81956cc94d049a14dccbb756c104.psmdcp" Id="Ra8bdbda691294a34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>