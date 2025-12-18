--- v2 (2025-11-28)
+++ v3 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dae9d301f6c4dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/131a81956cc94d049a14dccbb756c104.psmdcp" Id="Ra8bdbda691294a34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885f2775c40a46a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c48efe0c18d149f19faa2b1d2af108a2.psmdcp" Id="R6e4b5521bd8e4756" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>