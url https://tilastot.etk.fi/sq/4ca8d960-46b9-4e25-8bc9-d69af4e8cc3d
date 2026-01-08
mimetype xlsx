--- v3 (2025-12-18)
+++ v4 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885f2775c40a46a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c48efe0c18d149f19faa2b1d2af108a2.psmdcp" Id="R6e4b5521bd8e4756" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd83f73e3cb3e47ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88a092353f0d41a0a43b327c81325b6d.psmdcp" Id="R900e5f1b6f4c4fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>