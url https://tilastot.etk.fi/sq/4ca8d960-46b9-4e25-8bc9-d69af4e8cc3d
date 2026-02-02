--- v4 (2026-01-08)
+++ v5 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd83f73e3cb3e47ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88a092353f0d41a0a43b327c81325b6d.psmdcp" Id="R900e5f1b6f4c4fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb41d3d877a148bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f6cb0eda80b4544a958a5bab5b8b755.psmdcp" Id="R33cb2fe81cae4fd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>