--- v5 (2026-02-02)
+++ v6 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb41d3d877a148bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f6cb0eda80b4544a958a5bab5b8b755.psmdcp" Id="R33cb2fe81cae4fd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb808e3de2e374e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c775430f9947405f8f17fb7756164aae.psmdcp" Id="R11d41731c1514c86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>