--- v6 (2026-02-22)
+++ v7 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb808e3de2e374e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c775430f9947405f8f17fb7756164aae.psmdcp" Id="R11d41731c1514c86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d91cb957f334dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a99a940230d94f869601bda39b591dab.psmdcp" Id="Rfac2884040ec47cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>