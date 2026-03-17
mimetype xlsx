--- v0 (2026-01-01)
+++ v1 (2026-03-17)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R504f8725b3cf4913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d0c40c363a045c89fd5e5b6afe50d87.psmdcp" Id="Ra318db7b1e0e4a01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11111a3c861d4ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a5d3255ac7c46a9903f6783d2605379.psmdcp" Id="R86524995e2bd4ae6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_10ratk" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Decisions on coverage by Finnish social security while working abroad</x:t>
   </x:si>
   <x:si>
     <x:t>Decisions issued by handler, number</x:t>
   </x:si>
   <x:si>
     <x:t>Automated decisions, number</x:t>
   </x:si>
   <x:si>
     <x:t>2005</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>2006</x:t>
   </x:si>
   <x:si>
     <x:t>2007</x:t>
   </x:si>
   <x:si>
     <x:t>2008</x:t>
   </x:si>
   <x:si>
@@ -80,64 +80,67 @@
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/posted-workers/&gt;&lt;u&gt;Go to Statistics on Insurance for Work Abroad and Posted Workers.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250131 09:00</x:t>
+    <x:t>20260129 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, %</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -520,51 +523,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C51"/>
+  <x:dimension ref="A1:C52"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.680625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="28.100625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="2" t="s">
@@ -764,113 +767,124 @@
         <x:v>7329</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>11625</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>22333</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>8619</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>16072</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:3">
-      <x:c r="A25" s="5" t="s">
+    <x:row r="24" spans="1:3">
+      <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
+        <x:v>9924</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="n">
+        <x:v>19452</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="5" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:3">
-      <x:c r="A28" s="0" t="s">
+    <x:row r="27" spans="1:3">
+      <x:c r="A27" s="5" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:3">
-      <x:c r="A31" s="0" t="s">
+    <x:row r="30" spans="1:3">
+      <x:c r="A30" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:3">
-      <x:c r="A34" s="0" t="s">
+    <x:row r="33" spans="1:3">
+      <x:c r="A33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:3">
-      <x:c r="A37" s="0" t="s">
+    <x:row r="36" spans="1:3">
+      <x:c r="A36" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:3">
-      <x:c r="A39" s="0" t="s">
+    <x:row r="38" spans="1:3">
+      <x:c r="A38" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:3">
-      <x:c r="A50" s="0" t="s">
+    <x:row r="41" spans="1:3">
+      <x:c r="A41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="s">
         <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:3">
+      <x:c r="A52" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>lah1_10ratk</vt:lpstr>
       <vt:lpstr>lah1_10ratk!Print_Area</vt:lpstr>
       <vt:lpstr>lah1_10ratk!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>