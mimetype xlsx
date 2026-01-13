--- v0 (2025-12-24)
+++ v1 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d571ed3be74619" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cba643ed380c48f09d90da97adb536e9.psmdcp" Id="Raaea6e8f58cd4aa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf363ee0c569d4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7fbbf55f323c4c18a588266e64437374.psmdcp" Id="Rb44c5b53a082411f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Insured earnings and confirmed incomes (incl. leeway)</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>