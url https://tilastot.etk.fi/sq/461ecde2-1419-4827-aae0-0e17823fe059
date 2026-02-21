--- v1 (2026-01-13)
+++ v2 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf363ee0c569d4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7fbbf55f323c4c18a588266e64437374.psmdcp" Id="Rb44c5b53a082411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a11caea5df74213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ba4994a56a74bc78763c5d6e9912c5e.psmdcp" Id="R836ad16f811d416d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Insured earnings and confirmed incomes (incl. leeway)</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>