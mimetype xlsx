--- v2 (2026-02-21)
+++ v3 (2026-03-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a11caea5df74213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ba4994a56a74bc78763c5d6e9912c5e.psmdcp" Id="R836ad16f811d416d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7360ecb9773a4da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b12e0e1f9f2e42ddb3f8c56b8cb46c14.psmdcp" Id="R529b213b6f384ba9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Insured earnings and confirmed incomes (incl. leeway)</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>