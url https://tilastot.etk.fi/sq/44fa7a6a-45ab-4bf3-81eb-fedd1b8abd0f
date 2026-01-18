--- v0 (2025-12-29)
+++ v1 (2026-01-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bb32d4b3ca34868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee52703b56fd4e08be45a03712a21d05.psmdcp" Id="Re74a499b9a98408b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89583f37331a4b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ceea5e2647243b0ae0e12f44f8f499e.psmdcp" Id="R27bd03bdeeb74617" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot eläkelajeittain, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>