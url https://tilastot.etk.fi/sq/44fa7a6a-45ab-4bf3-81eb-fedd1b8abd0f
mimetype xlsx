--- v1 (2026-01-18)
+++ v2 (2026-02-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89583f37331a4b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ceea5e2647243b0ae0e12f44f8f499e.psmdcp" Id="R27bd03bdeeb74617" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra45df215ec124209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32d4de63c7c543168d34f38ae0ea355f.psmdcp" Id="Rf259da14b3164c9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot eläkelajeittain, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>