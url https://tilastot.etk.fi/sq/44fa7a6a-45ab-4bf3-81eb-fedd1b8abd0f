--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra45df215ec124209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32d4de63c7c543168d34f38ae0ea355f.psmdcp" Id="Rf259da14b3164c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6167923b043749d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f98c156c9ab4e1aa5a21f3a88b976f5.psmdcp" Id="R6a9a45c20f0b49d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot eläkelajeittain, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>