--- v3 (2026-02-27)
+++ v4 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6167923b043749d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f98c156c9ab4e1aa5a21f3a88b976f5.psmdcp" Id="R6a9a45c20f0b49d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re23f0e30001d421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a597c21187bd45c692bda02beafc3993.psmdcp" Id="R45e18142fd124150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot eläkelajeittain, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>