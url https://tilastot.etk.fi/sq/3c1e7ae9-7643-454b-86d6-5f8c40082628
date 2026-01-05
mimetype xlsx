--- v0 (2025-12-15)
+++ v1 (2026-01-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1a6a314a6ee47fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9c2634b9305433a9c7a8748464c0065.psmdcp" Id="R725b459f158c42ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c8ce3e8c40441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e501889e60b4939ab8985b726aff19b.psmdcp" Id="R8688c609a5d54cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>