--- v1 (2026-01-05)
+++ v2 (2026-02-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c8ce3e8c40441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e501889e60b4939ab8985b726aff19b.psmdcp" Id="R8688c609a5d54cf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f7b40ff32b43bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f9f6512b4ef4f38960efdb3215b1561.psmdcp" Id="R132dc423cdb546ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>