--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f7b40ff32b43bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f9f6512b4ef4f38960efdb3215b1561.psmdcp" Id="R132dc423cdb546ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97cb3fc2dc594dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f0deff633c54f2ea4a32b9ff9fb948b.psmdcp" Id="Rc6823a795ae44a49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>