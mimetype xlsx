--- v3 (2026-02-25)
+++ v4 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97cb3fc2dc594dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f0deff633c54f2ea4a32b9ff9fb948b.psmdcp" Id="Rc6823a795ae44a49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec548e4a3ad43c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e570b06dcda491d845ba9069661e010.psmdcp" Id="R402a373fcc894b2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>