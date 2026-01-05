--- v0 (2025-12-15)
+++ v1 (2026-01-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc79c32b2cccc4c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35f883f9cf94493292922357b366e8e7.psmdcp" Id="R84a6d228c9ca4d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674a4bf4b7a34582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7fb2c18174340c6bcd2e1aebb4ddf12.psmdcp" Id="Rc68f48e45e6a4037" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus03" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Rehabilitation measure costs by rehabilitation measure</x:t>
   </x:si>
   <x:si>
     <x:t>Number of rehabilitees, persons</x:t>
   </x:si>
   <x:si>