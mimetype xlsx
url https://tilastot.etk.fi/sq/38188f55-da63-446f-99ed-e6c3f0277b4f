--- v1 (2026-01-05)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674a4bf4b7a34582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7fb2c18174340c6bcd2e1aebb4ddf12.psmdcp" Id="Rc68f48e45e6a4037" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80319cf269ef4ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92e3a9aae6f34b6494d93bf3ce18fdbc.psmdcp" Id="Rac2a148a70a14251" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus03" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Rehabilitation measure costs by rehabilitation measure</x:t>
   </x:si>
   <x:si>
     <x:t>Number of rehabilitees, persons</x:t>
   </x:si>
   <x:si>