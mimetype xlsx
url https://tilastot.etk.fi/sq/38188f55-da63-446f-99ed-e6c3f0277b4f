--- v2 (2026-02-14)
+++ v3 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80319cf269ef4ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92e3a9aae6f34b6494d93bf3ce18fdbc.psmdcp" Id="Rac2a148a70a14251" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311c9cc0decb41c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92a4795c33b04ecba481344d84ab3000.psmdcp" Id="Red1bd031bbb34bde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus03" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Rehabilitation measure costs by rehabilitation measure</x:t>
   </x:si>
   <x:si>
     <x:t>Number of rehabilitees, persons</x:t>
   </x:si>
   <x:si>