--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3feca345d45a4606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a03f6a45c2bf4b9888560a4097c35ae8.psmdcp" Id="Ra494457ef269406e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R070db4f03e584185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9fb1cdb9bd3c49faba268fd203d6bf87.psmdcp" Id="R1c16f6e9f7734f7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Työeläkejärjestelmän piiriin kuuluvat 17-68-vuotiaat</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>