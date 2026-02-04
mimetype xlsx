--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R070db4f03e584185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9fb1cdb9bd3c49faba268fd203d6bf87.psmdcp" Id="R1c16f6e9f7734f7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa35a858892421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bb65f95c711435797831bbfbd4673f6.psmdcp" Id="R3a595e94d5cf414e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Työeläkejärjestelmän piiriin kuuluvat 17-68-vuotiaat</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>