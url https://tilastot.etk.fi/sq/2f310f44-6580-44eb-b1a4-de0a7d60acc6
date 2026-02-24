--- v2 (2026-02-04)
+++ v3 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa35a858892421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bb65f95c711435797831bbfbd4673f6.psmdcp" Id="R3a595e94d5cf414e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfef061ef169142d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5bc08efbfe27409c80765845d3c4c9c2.psmdcp" Id="R3aefe53048294599" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Työeläkejärjestelmän piiriin kuuluvat 17-68-vuotiaat</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>