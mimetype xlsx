--- v3 (2026-02-24)
+++ v4 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfef061ef169142d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5bc08efbfe27409c80765845d3c4c9c2.psmdcp" Id="R3aefe53048294599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15b4c5abea264043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce0a948435204f7da6d0f710652633b8.psmdcp" Id="R17ca682b30f34948" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Työeläkejärjestelmän piiriin kuuluvat 17-68-vuotiaat</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>