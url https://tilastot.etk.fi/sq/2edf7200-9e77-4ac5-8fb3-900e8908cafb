--- v0 (2025-12-29)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eeeda48059b4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a098fbe6989407e976476e80f377d74.psmdcp" Id="R28b9e825c3394378" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf350646810d475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e61d1730b79d4f9eab42a18688402957.psmdcp" Id="R2b8cc117e7514534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>New retirees on earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>