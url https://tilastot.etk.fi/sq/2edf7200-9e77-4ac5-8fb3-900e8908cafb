--- v1 (2026-01-19)
+++ v2 (2026-02-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf350646810d475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e61d1730b79d4f9eab42a18688402957.psmdcp" Id="R2b8cc117e7514534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d859c548754b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13339c67c10d44e0be1f9d5c8a264b50.psmdcp" Id="Ree4f1315102148d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>New retirees on earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>