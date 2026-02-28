--- v2 (2026-02-08)
+++ v3 (2026-02-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d859c548754b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13339c67c10d44e0be1f9d5c8a264b50.psmdcp" Id="Ree4f1315102148d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32304f9059584ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73ba5d4a6b83411081dce79e835206c1.psmdcp" Id="Rd220c05526c54d14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>New retirees on earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>