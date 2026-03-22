--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32304f9059584ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73ba5d4a6b83411081dce79e835206c1.psmdcp" Id="Rd220c05526c54d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c64b5c50d874c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ce32bf79d7b4c7dabcf33009e04451d.psmdcp" Id="R3555f18fbd8d45fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>New retirees on earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>