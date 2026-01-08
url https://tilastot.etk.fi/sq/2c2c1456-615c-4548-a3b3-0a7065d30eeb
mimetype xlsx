--- v0 (2025-12-18)
+++ v1 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47225254fc34543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02a88f3299a74b74983449c20c02b8d5.psmdcp" Id="R57ebadeb4a574717" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46106075d4194181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9395edaacebb4ca481d1a60b1eea9a07.psmdcp" Id="R3b3bbea0d75c4e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Arbets- och FPA:s pensionsutgifter efter pensionsslag, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>