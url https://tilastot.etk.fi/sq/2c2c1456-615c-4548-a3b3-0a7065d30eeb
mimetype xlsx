--- v1 (2026-01-08)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46106075d4194181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9395edaacebb4ca481d1a60b1eea9a07.psmdcp" Id="R3b3bbea0d75c4e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ded5d18ee784180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8273b452f06a474db905677541f77f31.psmdcp" Id="R10cd33caaed54444" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Arbets- och FPA:s pensionsutgifter efter pensionsslag, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>