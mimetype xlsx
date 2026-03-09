--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ded5d18ee784180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8273b452f06a474db905677541f77f31.psmdcp" Id="R10cd33caaed54444" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R506fc57ad9af431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/497ad75cf93c4a308d5d105e904ffc0d.psmdcp" Id="R2e94fb19a76e46b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Arbets- och FPA:s pensionsutgifter efter pensionsslag, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>