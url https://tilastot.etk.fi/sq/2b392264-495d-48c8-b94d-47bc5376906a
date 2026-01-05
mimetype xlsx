--- v0 (2025-12-15)
+++ v1 (2026-01-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf21efdd4fd254011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1882424f245a4008a75f2815403e34cc.psmdcp" Id="Ra7dcdd4abdac463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47569e04fc5419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a85479e6313464ab76fb21b394147ec.psmdcp" Id="R469631f9b1c84448" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>