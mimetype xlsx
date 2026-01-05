--- v1 (2026-01-05)
+++ v2 (2026-01-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47569e04fc5419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a85479e6313464ab76fb21b394147ec.psmdcp" Id="R469631f9b1c84448" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd552eceaa64720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96815c67719242d49dbb395d90d9cb20.psmdcp" Id="Ra6144e87995c4b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>