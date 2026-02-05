--- v2 (2026-01-05)
+++ v3 (2026-02-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd552eceaa64720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96815c67719242d49dbb395d90d9cb20.psmdcp" Id="Ra6144e87995c4b63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f5ea423d9854174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1105a7c32b274ef1b01c6d2dffbb45e8.psmdcp" Id="Rca86cad4625443e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>