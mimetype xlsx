--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f5ea423d9854174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1105a7c32b274ef1b01c6d2dffbb45e8.psmdcp" Id="Rca86cad4625443e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e8be036b6b4ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3114a86409ab4a198490024795fa2916.psmdcp" Id="Rad818fb0e3854c5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>