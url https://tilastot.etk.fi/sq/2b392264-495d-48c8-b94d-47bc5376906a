--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e8be036b6b4ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3114a86409ab4a198490024795fa2916.psmdcp" Id="Rad818fb0e3854c5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf43820fcf2a447a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b65f556fed6480096af9e5e8ac2edba.psmdcp" Id="R3d393a51f12a4f7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>