--- v0 (2025-10-15)
+++ v1 (2025-11-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra35f11e4faaa4654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab3a1066e97c40e9bda3d09acc5e5c0a.psmdcp" Id="R24ce71a0404c44cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10223d5761f4e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70fad7bcbf3e4ac480705ee1be073a53.psmdcp" Id="R188788a323c9420a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Granted certificates on coverage by Finnish social security while working abroad</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>