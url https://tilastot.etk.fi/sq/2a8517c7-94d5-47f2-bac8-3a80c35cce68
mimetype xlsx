--- v1 (2025-11-09)
+++ v2 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10223d5761f4e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70fad7bcbf3e4ac480705ee1be073a53.psmdcp" Id="R188788a323c9420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa934b4ec04945d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d0daf840346443ca1586ceb83cfe42f.psmdcp" Id="Rbeed63b364e549bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Granted certificates on coverage by Finnish social security while working abroad</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>