--- v2 (2025-11-29)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa934b4ec04945d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d0daf840346443ca1586ceb83cfe42f.psmdcp" Id="Rbeed63b364e549bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78721994d7f44054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c32ccaac5e864366ae690493c396bfd0.psmdcp" Id="Rdfa934e6ab134330" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Granted certificates on coverage by Finnish social security while working abroad</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>