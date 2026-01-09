--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78721994d7f44054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c32ccaac5e864366ae690493c396bfd0.psmdcp" Id="Rdfa934e6ab134330" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3999fdeabbf8434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/906f8d94659f4beca166cb3754859946.psmdcp" Id="Rb104147e8f97423b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Granted certificates on coverage by Finnish social security while working abroad</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>