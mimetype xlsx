--- v0 (2025-12-23)
+++ v1 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5243768ebd164539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/febbafb8c1fd4232806f7e92191e878a.psmdcp" Id="Ra2a6969fdbf84d83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb660ef6b53e441e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1279da7a6334cf6aef448a53478e1fc.psmdcp" Id="R39f3205187454abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsa_k02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Earnings-related and national pension recipients by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>