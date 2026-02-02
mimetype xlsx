--- v1 (2026-02-02)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb660ef6b53e441e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1279da7a6334cf6aef448a53478e1fc.psmdcp" Id="R39f3205187454abe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00530792ab9648c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/18f93397d4674e5097d5fcf8e18fc338.psmdcp" Id="R7389d7b80cb241a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsa_k02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Earnings-related and national pension recipients by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>