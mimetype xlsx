--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00530792ab9648c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/18f93397d4674e5097d5fcf8e18fc338.psmdcp" Id="R7389d7b80cb241a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ad3b98e03541cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff98fa0284dc4a5baa57bb003dec7c45.psmdcp" Id="R0195ebccf31a401f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsa_k02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Earnings-related and national pension recipients by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>