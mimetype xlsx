--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ad3b98e03541cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff98fa0284dc4a5baa57bb003dec7c45.psmdcp" Id="R0195ebccf31a401f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22dbdfef3f2741d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0c7d498f83e46ab9a61235f873870fb.psmdcp" Id="Ra962e569f19d4dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsa_k02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Earnings-related and national pension recipients by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>