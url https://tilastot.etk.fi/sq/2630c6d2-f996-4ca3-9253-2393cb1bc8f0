--- v0 (2025-12-19)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb109cc2b5a4b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec1d346503844f7389d429b182e8a13a.psmdcp" Id="R0765bd41d83b4db3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0613f2d7c344d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b037fb47a3c345d9983b7e793962a6ae.psmdcp" Id="Rb631d44c871a430f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>New retirees on an earnings-related disability pension by disease category</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>