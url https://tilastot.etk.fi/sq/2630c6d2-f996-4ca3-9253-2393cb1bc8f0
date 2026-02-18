--- v1 (2026-01-09)
+++ v2 (2026-02-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0613f2d7c344d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b037fb47a3c345d9983b7e793962a6ae.psmdcp" Id="Rb631d44c871a430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a6e8dc5ef24fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71b5814a968b44f0a7e3f1e540396e95.psmdcp" Id="Rdb2e4f901e6c4aa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>New retirees on an earnings-related disability pension by disease category</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>