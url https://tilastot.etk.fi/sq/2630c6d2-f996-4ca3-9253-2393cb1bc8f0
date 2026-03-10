--- v2 (2026-02-18)
+++ v3 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a6e8dc5ef24fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71b5814a968b44f0a7e3f1e540396e95.psmdcp" Id="Rdb2e4f901e6c4aa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b6b701e33e49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d183da19be9f470095ab440d7e3fb177.psmdcp" Id="Rb7bf56acc5474371" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>New retirees on an earnings-related disability pension by disease category</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>