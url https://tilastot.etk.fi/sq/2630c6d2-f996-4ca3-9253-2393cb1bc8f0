--- v3 (2026-03-10)
+++ v4 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b6b701e33e49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d183da19be9f470095ab440d7e3fb177.psmdcp" Id="Rb7bf56acc5474371" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda40d37aa3a044f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a47f601cca3847b99b1c9055a914fb9d.psmdcp" Id="R30e8c28e5ef744ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>New retirees on an earnings-related disability pension by disease category</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>