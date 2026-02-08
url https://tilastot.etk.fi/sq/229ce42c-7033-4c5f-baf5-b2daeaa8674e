--- v0 (2025-12-30)
+++ v1 (2026-02-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re554bdae6b3d45f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8769099752434aa0aa7981e49db87fab.psmdcp" Id="R3e727c8f6308418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R013c05c61b6f4785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/694b29e6d24443b3bdf214ec87804084.psmdcp" Id="Rf9c70438d7c741e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsa_k02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajat eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>