--- v1 (2026-02-08)
+++ v2 (2026-02-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R013c05c61b6f4785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/694b29e6d24443b3bdf214ec87804084.psmdcp" Id="Rf9c70438d7c741e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f81af2695714793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a6bfd25108b4f73bdd269e82dcf8f16.psmdcp" Id="Rc606380b2201402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsa_k02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajat eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>