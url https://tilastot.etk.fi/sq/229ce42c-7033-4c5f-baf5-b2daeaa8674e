--- v2 (2026-02-28)
+++ v3 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f81af2695714793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a6bfd25108b4f73bdd269e82dcf8f16.psmdcp" Id="Rc606380b2201402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90797c5a4fff42df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e39661c448348f083b79072b7574e26.psmdcp" Id="Rc91ab78ed058497e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsa_k02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajat eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>