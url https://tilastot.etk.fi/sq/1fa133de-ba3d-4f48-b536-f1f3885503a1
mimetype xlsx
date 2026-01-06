--- v0 (2025-12-16)
+++ v1 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ddfc54e9b6c4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92034a71485e4562ae8195ef710fcfcd.psmdcp" Id="Ra8435981760e4c99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R583fc001a3b1414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a56f6da60764ccfac60f397c6ea9fd5.psmdcp" Id="Ra50b6b529f3a443b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Myönnetyt todistukset Suomen sosiaaliturvaan kuulumisesta ulkomaantyön aikana</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>