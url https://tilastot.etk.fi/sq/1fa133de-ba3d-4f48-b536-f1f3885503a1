--- v1 (2026-01-06)
+++ v2 (2026-03-03)
@@ -1,125 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R583fc001a3b1414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a56f6da60764ccfac60f397c6ea9fd5.psmdcp" Id="Ra50b6b529f3a443b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29baf53ff216401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d91f6da2c14486ab628c9eb35fd02f9.psmdcp" Id="R4e38c32d3c744e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Myönnetyt todistukset Suomen sosiaaliturvaan kuulumisesta ulkomaantyön aikana</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>
     <x:t>Miehet</x:t>
   </x:si>
   <x:si>
     <x:t>Naiset</x:t>
   </x:si>
   <x:si>
     <x:t>Todistukset, lkm</x:t>
   </x:si>
   <x:si>
-    <x:t>2016</x:t>
+    <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>Kaikki henkilöryhmät</x:t>
   </x:si>
   <x:si>
     <x:t>Kaikki todistuksen voimassaoloajat</x:t>
   </x:si>
   <x:si>
     <x:t>Kaikki ikäluokat</x:t>
   </x:si>
   <x:si>
-    <x:t>2017</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/lahetetyt-tyontekijat/&gt;&lt;u&gt;Siirry Tilasto ulkomaantyön vakuuttamisesta ja lähetetyistä työntekijöistä -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Sama henkilö voi saada todistuksen useamman kerran vuoden aikana.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250131 09:00</x:t>
+    <x:t>20260129 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, päiviä</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -547,241 +547,241 @@
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>8844</x:v>
+        <x:v>8697</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>6846</x:v>
+        <x:v>6666</x:v>
       </x:c>
       <x:c r="H4" s="3" t="n">
-        <x:v>1998</x:v>
+        <x:v>2031</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>8697</x:v>
+        <x:v>10862</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>6666</x:v>
+        <x:v>8502</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>2031</x:v>
+        <x:v>2360</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>10862</x:v>
+        <x:v>11365</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>8502</x:v>
+        <x:v>9058</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>2360</x:v>
+        <x:v>2307</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>11365</x:v>
+        <x:v>9345</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>9058</x:v>
+        <x:v>7686</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>2307</x:v>
+        <x:v>1659</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>9345</x:v>
+        <x:v>10142</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>7686</x:v>
+        <x:v>8081</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>1659</x:v>
+        <x:v>2061</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>10142</x:v>
+        <x:v>13428</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>8081</x:v>
+        <x:v>10228</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
-        <x:v>2061</x:v>
+        <x:v>3200</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>13428</x:v>
+        <x:v>31373</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>10228</x:v>
+        <x:v>21379</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
-        <x:v>3200</x:v>
+        <x:v>9994</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>31373</x:v>
+        <x:v>22518</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>21379</x:v>
+        <x:v>16389</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
-        <x:v>9994</x:v>
+        <x:v>6129</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>22518</x:v>
+        <x:v>26687</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>16389</x:v>
+        <x:v>19829</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
-        <x:v>6129</x:v>
+        <x:v>6858</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="4" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="4" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>21</x:v>