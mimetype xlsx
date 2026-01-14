--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69da0aebd62244aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36a42aa927854f9c8fe42e1ec318f236.psmdcp" Id="R8e21606051034969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2328ba89295e409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/933c9b9747fd4a6a8e11896027d83745.psmdcp" Id="Rfcb405b7e1554b2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Työeläkejärjestelmän piiriin kuuluvat 17-68-vuotiaat</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>