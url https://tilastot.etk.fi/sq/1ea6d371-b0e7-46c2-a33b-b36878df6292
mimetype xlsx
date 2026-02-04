--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2328ba89295e409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/933c9b9747fd4a6a8e11896027d83745.psmdcp" Id="Rfcb405b7e1554b2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf67943ef5c4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8246e93b26ac46b79fe2a680eb73f381.psmdcp" Id="Rc439271c1fd64e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Työeläkejärjestelmän piiriin kuuluvat 17-68-vuotiaat</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>