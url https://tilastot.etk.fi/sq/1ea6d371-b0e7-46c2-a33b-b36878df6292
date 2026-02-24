--- v2 (2026-02-04)
+++ v3 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf67943ef5c4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8246e93b26ac46b79fe2a680eb73f381.psmdcp" Id="Rc439271c1fd64e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R070dc9b8d3f74328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd64646089ca4cd5992caa9396b71fad.psmdcp" Id="R9e253c7a5d534434" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Työeläkejärjestelmän piiriin kuuluvat 17-68-vuotiaat</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>