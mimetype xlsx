--- v3 (2026-02-24)
+++ v4 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R070dc9b8d3f74328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd64646089ca4cd5992caa9396b71fad.psmdcp" Id="R9e253c7a5d534434" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R435e00bf9b62431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aeb10fadfc634ec08d1231dcb4b43804.psmdcp" Id="Rd470de61a9474fd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Työeläkejärjestelmän piiriin kuuluvat 17-68-vuotiaat</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>