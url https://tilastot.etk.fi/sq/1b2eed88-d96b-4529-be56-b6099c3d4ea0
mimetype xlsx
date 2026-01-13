--- v0 (2025-12-23)
+++ v1 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a60d8620d54ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b495bd494105432f86b183d1ba9d385f.psmdcp" Id="Rf6ecffe6810d4b52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4af00749e7f4fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ada38cad1164d83b213c37f001d17eb.psmdcp" Id="Rc5aa4d8a3c0f400b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>