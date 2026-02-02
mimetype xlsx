--- v1 (2026-01-13)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4af00749e7f4fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ada38cad1164d83b213c37f001d17eb.psmdcp" Id="Rc5aa4d8a3c0f400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b227b4d57347b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92790b0fc2544e35b92dddd5b21a9919.psmdcp" Id="R77ff32a8de1e4784" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>