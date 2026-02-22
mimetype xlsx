--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b227b4d57347b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92790b0fc2544e35b92dddd5b21a9919.psmdcp" Id="R77ff32a8de1e4784" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d6001170f34896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77566e77ec414c58938ef180df08bd77.psmdcp" Id="R6fbf113c065649a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>