--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d6001170f34896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77566e77ec414c58938ef180df08bd77.psmdcp" Id="R6fbf113c065649a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6054093434140fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2097298676e54ec18dd3f488808498c5.psmdcp" Id="R94cb85728c974c94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>