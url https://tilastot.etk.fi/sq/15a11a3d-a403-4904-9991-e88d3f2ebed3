--- v0 (2025-12-17)
+++ v1 (2026-01-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ca539ad8264aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/82ad9cc5c1904fff91da139db219714d.psmdcp" Id="Red5c183bb8e74e69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4c483639124327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41055f77133c422b806854aa7eb7fdf6.psmdcp" Id="Rc946a0cf8c824192" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työkyvyttömyyseläkemenot sairauspääryhmittäin, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot</x:t>
   </x:si>
   <x:si>