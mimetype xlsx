--- v1 (2026-01-18)
+++ v2 (2026-02-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4c483639124327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41055f77133c422b806854aa7eb7fdf6.psmdcp" Id="Rc946a0cf8c824192" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15368b8ff00b4f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52c466cf122449c4810a7e8d95fddc46.psmdcp" Id="R48177138e34e4a16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työkyvyttömyyseläkemenot sairauspääryhmittäin, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot</x:t>
   </x:si>
   <x:si>