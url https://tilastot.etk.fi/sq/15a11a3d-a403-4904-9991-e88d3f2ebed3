--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15368b8ff00b4f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52c466cf122449c4810a7e8d95fddc46.psmdcp" Id="R48177138e34e4a16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref8ad8f2c05e406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f04ae80a564436f93213ad5ef451d72.psmdcp" Id="R7171c1bb94a042a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työkyvyttömyyseläkemenot sairauspääryhmittäin, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot</x:t>
   </x:si>
   <x:si>