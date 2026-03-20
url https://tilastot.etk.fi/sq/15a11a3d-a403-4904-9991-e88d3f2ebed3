--- v3 (2026-02-27)
+++ v4 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref8ad8f2c05e406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f04ae80a564436f93213ad5ef451d72.psmdcp" Id="R7171c1bb94a042a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7b93595e8442c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abc01020d9e54431a77ad6e1c4444224.psmdcp" Id="R45bd0856337447a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Työkyvyttömyyseläkemenot sairauspääryhmittäin, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot</x:t>
   </x:si>
   <x:si>