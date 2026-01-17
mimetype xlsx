--- v0 (2025-12-28)
+++ v1 (2026-01-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91cc92ff65714772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0619bcaafc0647158bf80dd27953b843.psmdcp" Id="Rdfb9b8f86c3947bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad45535a3a9e4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b0d7a603323481a8f36562157bb4af4.psmdcp" Id="Rf04b97c51c0d4cfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>