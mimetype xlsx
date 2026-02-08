--- v1 (2026-01-17)
+++ v2 (2026-02-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad45535a3a9e4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b0d7a603323481a8f36562157bb4af4.psmdcp" Id="Rf04b97c51c0d4cfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdbbabe1086a4c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3c9163e9bec43878d5962ea0631f0ff.psmdcp" Id="R4dfc98c17fdf4aec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>