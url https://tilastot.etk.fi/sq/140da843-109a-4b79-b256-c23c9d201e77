--- v2 (2026-02-08)
+++ v3 (2026-02-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdbbabe1086a4c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3c9163e9bec43878d5962ea0631f0ff.psmdcp" Id="R4dfc98c17fdf4aec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a9304ea2f04da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f61a73aaf684cc9a7592a144babc75c.psmdcp" Id="R710124c1a8c148a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>