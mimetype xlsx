--- v3 (2026-02-28)
+++ v4 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a9304ea2f04da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f61a73aaf684cc9a7592a144babc75c.psmdcp" Id="R710124c1a8c148a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b3ce03106fd4f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51ffa1cd657e42b483c7e2991ddbe6c0.psmdcp" Id="R6efdc6cc37cc4206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>