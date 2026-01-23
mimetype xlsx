--- v0 (2025-12-15)
+++ v1 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4374378faaa143ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41d9afa93075498dac54b4607f49384f.psmdcp" Id="R294ed9bd79904213" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c25aa0df0554fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22e79bc2c3b749489a2e5f680279d10a.psmdcp" Id="Rd8ab15f09e654c74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Nypensionerade med arbetspension efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>