--- v1 (2026-01-23)
+++ v2 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c25aa0df0554fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22e79bc2c3b749489a2e5f680279d10a.psmdcp" Id="Rd8ab15f09e654c74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c02dedcb1dd46ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8429477b3a14e369eefa52ce353706d.psmdcp" Id="Rcbc75c8c715c4df1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Nypensionerade med arbetspension efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>