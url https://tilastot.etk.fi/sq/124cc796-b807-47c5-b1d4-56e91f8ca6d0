--- v2 (2026-02-13)
+++ v3 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c02dedcb1dd46ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8429477b3a14e369eefa52ce353706d.psmdcp" Id="Rcbc75c8c715c4df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df896d3815e409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c0460bb65344d41843881cbb460e22e.psmdcp" Id="Ra4ef9bfed7a1464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Nypensionerade med arbetspension efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>