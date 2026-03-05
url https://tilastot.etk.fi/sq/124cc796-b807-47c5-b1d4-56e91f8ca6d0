--- v3 (2026-02-13)
+++ v4 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df896d3815e409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c0460bb65344d41843881cbb460e22e.psmdcp" Id="Ra4ef9bfed7a1464e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf68ecad08afc472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4448e7b432d48ef908362c2ee542e7f.psmdcp" Id="Ra0eaa7ae0c1d47e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Nypensionerade med arbetspension efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>