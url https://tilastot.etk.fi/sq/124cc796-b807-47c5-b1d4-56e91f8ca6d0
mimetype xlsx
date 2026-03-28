--- v4 (2026-03-05)
+++ v5 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf68ecad08afc472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4448e7b432d48ef908362c2ee542e7f.psmdcp" Id="Ra0eaa7ae0c1d47e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf32f8f2b22a4452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/850118b0d8d34b468c8b366ed5bf0b9d.psmdcp" Id="R7ae9db5f61464c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_t01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Nypensionerade med arbetspension efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>