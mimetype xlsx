--- v0 (2025-12-16)
+++ v1 (2026-01-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca0cc968e68c4f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/229a4e9c7bd04594b83e08cb1f38d80e.psmdcp" Id="R14bcb03025654565" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a85c3ed25cd48f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20d6a549da154f608f4a9e7106d10840.psmdcp" Id="Rf8e12f8dd3e24511" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Share of population receiving earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>