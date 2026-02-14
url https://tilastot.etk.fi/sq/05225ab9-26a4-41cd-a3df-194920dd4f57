--- v1 (2026-01-05)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a85c3ed25cd48f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20d6a549da154f608f4a9e7106d10840.psmdcp" Id="Rf8e12f8dd3e24511" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc8fd8b6d654dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77a3e10d946d4248b4729c5c30e422b8.psmdcp" Id="R52c587bda0a44d75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Share of population receiving earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>