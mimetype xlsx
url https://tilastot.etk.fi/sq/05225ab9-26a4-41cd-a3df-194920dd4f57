--- v2 (2026-02-14)
+++ v3 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc8fd8b6d654dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77a3e10d946d4248b4729c5c30e422b8.psmdcp" Id="R52c587bda0a44d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree935beabb45440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/487c486295614460a62467f07be00d63.psmdcp" Id="Rd520aae24bbf4e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Share of population receiving earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>