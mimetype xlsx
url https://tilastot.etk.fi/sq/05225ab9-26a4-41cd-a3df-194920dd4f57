--- v3 (2026-03-06)
+++ v4 (2026-03-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree935beabb45440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/487c486295614460a62467f07be00d63.psmdcp" Id="Rd520aae24bbf4e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1770ac9a6c6e47ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98dfec28f9a440e6b0db6def0f1d117a.psmdcp" Id="Rdbee781e669f464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Share of population receiving earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>