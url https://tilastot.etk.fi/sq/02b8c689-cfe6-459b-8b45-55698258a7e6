--- v0 (2025-12-19)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f4ec6b3fcc147bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16890231921947cca440ef22976cbefb.psmdcp" Id="R3bad3fac678f48f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd02f4422176e4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1815f0596fbc4b14a53c26ed5c92f729.psmdcp" Id="R4ac18ce687794b21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>