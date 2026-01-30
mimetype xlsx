--- v1 (2026-01-09)
+++ v2 (2026-01-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd02f4422176e4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1815f0596fbc4b14a53c26ed5c92f729.psmdcp" Id="R4ac18ce687794b21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89afa07bed3540ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cbabf311189f461c89cd669fb7645e63.psmdcp" Id="R2fb8ea3d230640a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>