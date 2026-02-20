--- v2 (2026-01-30)
+++ v3 (2026-02-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89afa07bed3540ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cbabf311189f461c89cd669fb7645e63.psmdcp" Id="R2fb8ea3d230640a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9e872d092b4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/538d2ea2acb142aab36a5b123b7a68d3.psmdcp" Id="R9a24c6aeebda482d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>