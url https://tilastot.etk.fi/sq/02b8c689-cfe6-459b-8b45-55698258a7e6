--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9e872d092b4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/538d2ea2acb142aab36a5b123b7a68d3.psmdcp" Id="R9a24c6aeebda482d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd4af1fd25a94c60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2cca18e6153d492d9d4de9cf45d4303d.psmdcp" Id="R9b05288a68a14ef8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>