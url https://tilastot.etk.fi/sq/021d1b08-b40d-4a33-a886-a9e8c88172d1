--- v0 (2025-12-29)
+++ v1 (2026-01-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e7e32c91ce49f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4f58853b609431a963f04c1edfb6b06.psmdcp" Id="R03ba33a999584419" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37f37846591d4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/846c3e6ff0b94a8cb8f85e65f5a58fb8.psmdcp" Id="R2ae37f6e0faa4f5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno80_alue2024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot alueittain 2024, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>