--- v1 (2026-01-18)
+++ v2 (2026-02-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37f37846591d4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/846c3e6ff0b94a8cb8f85e65f5a58fb8.psmdcp" Id="R2ae37f6e0faa4f5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e6fb72cb284034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/559f354873604caa964abe2d96808262.psmdcp" Id="Rf1acd3104e0a4cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno80_alue2024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot alueittain 2024, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>