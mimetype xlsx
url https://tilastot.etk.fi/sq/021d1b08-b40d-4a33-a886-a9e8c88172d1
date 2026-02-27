--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e6fb72cb284034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/559f354873604caa964abe2d96808262.psmdcp" Id="Rf1acd3104e0a4cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3b6f409bb624c64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8723d2eb7224ec398ba389b8dfac908.psmdcp" Id="R83249fb3680a4c86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno80_alue2024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot alueittain 2024, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>