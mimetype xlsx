--- v3 (2026-02-27)
+++ v4 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3b6f409bb624c64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8723d2eb7224ec398ba389b8dfac908.psmdcp" Id="R83249fb3680a4c86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd632bd8477ee4efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/891ada9bc718462bb26dcbea7436528f.psmdcp" Id="R486bfef0b9774da4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno80_alue2024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Työ- ja Kelan eläkemenot alueittain 2024, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>